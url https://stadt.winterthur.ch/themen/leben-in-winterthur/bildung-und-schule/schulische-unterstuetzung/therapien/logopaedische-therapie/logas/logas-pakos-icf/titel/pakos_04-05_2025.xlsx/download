--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -5,61 +5,61 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Daniel\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\heso4\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96A6BB5C-95D3-4FD1-8793-A4E29750DC85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3EF78B0C-98AB-4613-98C8-BD1D71595CBF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="txonuSwveB94/pbUW6VdoHaCcpIXU5PYv7d3XjyXVThwuGHQzxe0GADJd2lFUU2pqrzWCrBHBgJgAPvlowvHKQ==" workbookSaltValue="/fdVRW3TyHQmzmcAV/cWkQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28702" yWindow="98" windowWidth="28995" windowHeight="15675" tabRatio="555" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="555" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="A_Orientierung" sheetId="7" r:id="rId1"/>
     <sheet name="B_Eingabe_Einschätzung_04-05" sheetId="3" r:id="rId2"/>
     <sheet name="C_Grafik_04-05" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'B_Eingabe_Einschätzung_04-05'!$A$13:$S$273</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">A_Orientierung!$A$1:$G$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'B_Eingabe_Einschätzung_04-05'!$B$2:$D$273</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'C_Grafik_04-05'!$B$13:$AY$51</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'B_Eingabe_Einschätzung_04-05'!$13:$13</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -579,53 +579,50 @@
   <c r="BF6" i="2"/>
   <c r="BG4" i="2"/>
   <c r="B4" i="2" s="1"/>
   <c r="BF4" i="2"/>
   <c r="BM9" i="2"/>
   <c r="D9" i="2" s="1"/>
   <c r="H6" i="2"/>
   <c r="H5" i="2"/>
   <c r="H4" i="2"/>
   <c r="H2" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="472" uniqueCount="351">
   <si>
     <t>Kommunikation</t>
   </si>
   <si>
     <t>Nr</t>
   </si>
   <si>
     <t>Indikator</t>
   </si>
   <si>
-    <t>Unterscheidet und versteht ähnlich klingende Wörter (z.B. bezüglich Lauten, Betonung, Wortgrenzen)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kriterium</t>
   </si>
   <si>
     <t>Ind</t>
   </si>
   <si>
     <t>Fortschritt</t>
   </si>
   <si>
     <t>Motivation Eltern</t>
   </si>
   <si>
     <t>Therapieverlauf</t>
   </si>
   <si>
     <t>Partizipation bei Lernen und Schulleistungen</t>
   </si>
   <si>
     <t>Sozio-emotionale Partipatzion</t>
   </si>
   <si>
     <t>Personenbez. Kontext</t>
   </si>
   <si>
     <t>Umweltbezogener Kontext</t>
@@ -803,53 +800,50 @@
     <t>Verwendet passende Wörter und integriert laufend neue in seinen Wortschatz (z.B. merkt sich Wörter zu Themen im Kindergarten, kennt verschiedene spezifische Verben und Nomen inklusive Artikel für ähnliche Begriffe wie «das Sofa», «der Stuhl», «sitzen», verwendet mehrere Adjektive)</t>
   </si>
   <si>
     <t>Spricht in der Umgangssprache flüssig und nachvollziehbar und hinsichtlich Wortwahl und Satzbau angemessen (z.B. den Gspänli etwas verständlich erklären)</t>
   </si>
   <si>
     <t>Sprache schriftlich</t>
   </si>
   <si>
     <t>Erkennt Symbole und einfache Piktogramm aus seinem Alltag (z.B. WC, Verbotstafel, Grossmarkt)</t>
   </si>
   <si>
     <t>Klatscht nach Vorgabe die Silben von zwei- und dreisilbigen Wörtern nach (z.B. Lampe, Banane)</t>
   </si>
   <si>
     <t>Zeichnet mit kommunikativer Absicht (z.B. benennt das Ergebnis, erzählt vom Bild)</t>
   </si>
   <si>
     <t>Schreibt seinen Namen oder Namen von Mitschüler:innen und Familie erkennbar (z.B. verwendet die meisten der Buchstaben - evtl. noch mit Auslassungen und/oder in veränderter Reihenfolge)</t>
   </si>
   <si>
     <t>Realisiert implizit einen Unterschied zwischen Dialekt- und Standardsprache (z.B. verwendet im Rollenspiel teilweise Standardsprache, passt sich der im Moment gesprochenen Sprache an)</t>
   </si>
   <si>
     <t>Basis Mund- und Grafomotorik</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entwicklung der Feinmotorik ermöglicht zunehmende Dissoziation der Bewegungen von Schulter, Arm, Hand und Mund (z.B. abnehmende Mitbewegungen des Mundes beim Schneiden oder Zeichnen)</t>
   </si>
   <si>
     <t>Feinmotorik ermöglicht einen angemessenen Stiftdruck (z.B. beim Ausmalen)</t>
   </si>
   <si>
     <t>Feinmotorik ermöglicht einen Dreipunkt- oder Vierpunktgriff und somit eine angemessene Hand-Augen-Koordination (z.B. zunehmend gezielte Strichführung, genaues Ausmalen)</t>
   </si>
   <si>
     <t>Händigkeit gesichert (z.B. verwendet beim Schneiden oder Zeichnen stets dieselbe Hand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(Kommuniativ-)</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -862,53 +856,50 @@
     </r>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>1 Fach</t>
   </si>
   <si>
     <t>2 Fach</t>
   </si>
   <si>
     <t>3 Fach</t>
   </si>
   <si>
     <t>4 Fach</t>
   </si>
   <si>
     <t>5 Fach</t>
   </si>
   <si>
     <t>Soll:</t>
   </si>
   <si>
     <t>Kindliche Mitarbeit im aktuellen Therapiesetting erschwert (z.B. möchte Kindergarten nicht verpassen, wird durch Situation oder Gruppenzusammensetzung gehemmt oder stark abgelenkt)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Eltern sind nicht (mehr) motiviert für die Therapie (z.B. Hausaufgaben werden selten erledigt, häufige Therapieausfälle, andere Therapievorstellung, wünschen Therapiepause/Therapieabschluss)</t>
   </si>
   <si>
     <t>Eltern sind mit den (erreichten) sprachlichen Kompetenzen ihres Kindes zufrieden</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>In diesem Item ist nur die für die aktuelle Situation zutreffendere Aussage (d.h. entweder a oder b) zu bearbeiten. Die andere ist zu ignorieren, da sie trotz weitgehend gegenteiliger Bedeutung hinsichtlich Therapiebedarf dasselbe aussagt.</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
@@ -934,124 +925,111 @@
       </rPr>
       <t xml:space="preserve">In diesem Item ist nur die für die aktuelle Situation zutreffendere Aussage (d.h. entweder a oder b) zu bearbeiten, die andere ist zu ignorieren (analog Item 64). </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>a) Eltern sehen keinen Therapiebedarf (mehr)
 b) Eltern erkennen keine Therapiefortschritte (mehr)</t>
     </r>
   </si>
   <si>
-    <t>Folgt dem Unterricht grösstenteils selbständig (z.B. taucht ins Thema ein, versteht Arbeitsaufträge, arbeitet mit den vorgegebenen Materialien und Unterlagen)</t>
-[...1 lines deleted...]
-  <si>
     <t>Beteiligt sich aktiv bei Unterricht und Spiel (z.B. fiebert bei der Geschichte mit und bringt eigene Ideen ein, macht Rollenspiele mit wechselnden Kindern und in verschiedenen Rollen)</t>
   </si>
   <si>
-    <t>Spielt über eine gewisse Zeit vertieft für sich (z.B. baut aus Klötzen einen Turm, kocht für seine Puppe)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ist in der Gruppe beliebt und seine Meinung wird respektiert (z.B. wird oft gefragt, ob es mitspielt und was gespielt werden soll oder wird beim Sport gern ausgewählt)</t>
   </si>
   <si>
     <t>Die gegenwärtigen Anforderungen bezüglich sozialer Verhaltensweisen im Kindergarten werden (mindestens) weitgehend erreicht (z.B. bezüglich Lehrplanzielen)</t>
   </si>
   <si>
     <t>Die gegenwärtigen Anforderungen bezüglich Leistungen im Kindergarten werden (mindestens) weitgehend erreicht (z.B. bezüglich Lehrplanzielen)</t>
   </si>
   <si>
     <t>Die gegenwärtigen Anforderungen bezüglich sozialer Verhaltensweisen im Kindergarten werden erfüllt oder übertroffen (z.B. bezüglich Lehrplanzielen)</t>
   </si>
   <si>
     <t>Die gegenwärtigen Anforderungen bezüglich Leistungen im Kindergarten werden erfüllt oder übertroffen (z.B. bezüglich Lehrplanzielen)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Schätzt seine Leistung anhand eines aktuellen, konkreten Produkts altersentsprechend realistisch ein und ist damit zufrieden bzw. unzufrieden (z.B. schneiden auf der Linie, Form ausmalen, Bastelarbeit)</t>
   </si>
   <si>
     <t>Eltern schätzen die Leistungen ihres Kindes realistisch ein und diese erfüllen weitgehend ihre Erwartungen (z.B. sie teilen die Einschätzung der Lehrpersonen, sie freuen sich über erworbene Fähigkeiten und Fertigkeiten)</t>
   </si>
   <si>
     <r>
       <t>Fortschritte, Umsetzung, Alltag</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ohne ICF-Codes)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Motivation Kind</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ohne ICF-Codes)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Motivation Eltern</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ohne ICF-Codes)</t>
     </r>
-  </si>
-[...2 lines deleted...]
-Die Spielhandlung ist im Hier und jetzt und an den Gegenstand gebunden (z.B. erkundet Spielautos durch Drehen an Rädern, öffnen und schliessen der Türen, beachtet beim Fahren die Distanz)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Spielentwicklung und Spielverhalten
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(ICF-Codes analog oben d110, d115, d120, d130, d131, d132, d135, d137, d155, d160, d161, d163, d175, d177)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Leistungsbewertung Eltern</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
@@ -1082,53 +1060,50 @@
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ohne ICF-Codes)</t>
     </r>
   </si>
   <si>
     <t>Nimmt wahr, was mit sich und um sich herum passiert und reagiert entsprechend (meldet, wenn es aufs WC muss oder Schmerzen bzw. eine Verletzung hat)</t>
   </si>
   <si>
     <t>Kennt die wichtigsten Angaben zu seiner Person und hat einen ersten Zeitbegriff (z.B. nennt seinen Namen und Nachnamen, das Alter, die Adresse, weiss, ob es Morgen oder Abend ist)</t>
   </si>
   <si>
     <t>Hat eine Vorstellung über seine regelmässigen Tages- und Wochenstrukturen und hält diese weitgehend ein (z.B. zieht unaufgefordert seine Finken an, legt sein Znünitäschli in den Korb, weiss, dass am Wochenende kein Kindergarten stattfindet)</t>
   </si>
   <si>
     <t>Nimmt seine persönlichen Bedürfnisse wahr, kennt Möglichkeiten damit umzugehen und wendet diese an (z.B. macht es sich in der Kuschelecke bequem und behaglich, reagiert sich sportlich ab)</t>
   </si>
   <si>
     <t>Geht altersentsprechend mit Freude, Ungeduld und Enttäuschung um (z.B. kann auf etwas warten, akzeptiert eine Niederlage im Spiel)</t>
   </si>
   <si>
-    <t>Akzeptiert und befolgt Anweisungen und Verhaltensregeln (z.B. kommt nach der Pausenglocke zeitnah zurück in den Kindergarten, räumt Spielsachen in die vorgesehenen Kisten, akzeptiert ein Nein)</t>
-[...1 lines deleted...]
-  <si>
     <t>Hat regelmässig Kontakt mit mindestens einem bestimmten Kind auf dem Spielplatz oder in seiner Kindergartengruppe (z.B. spielt häufig mit demselben Kind, nennt mindestens eine beste Freund:in)</t>
   </si>
   <si>
     <t>Nimmt Konflikte wahr und ist interessiert an Ideen für deren Lösung (z.B. akzeptiert nach Zankerei einen Abzählvers, um erste Spieler:in zu bestimmen, holt bei einem Streit eine Lehrperson)</t>
   </si>
   <si>
     <t>Zeigt Empathie gegenüber Kindern und Erwachsenen (tröstet, gibt von seinem Znüni ab, möchte einen kaputten Gegenstand flicken)</t>
   </si>
   <si>
     <t>Wehrt sich gegen unverhältnismässige Anforderungen (z.B. weigert sich, eine Süssigkeit zu stibitzen oder sagt gezielt «nein» zu einer gefährlichen Abfahrt mit dem Kickboard)</t>
   </si>
   <si>
     <t>Ist neugierig, interessiert und offen für Neues (lässt sich auf neue Spielthemen ein wie Spital, Astronauten oder auf eine neue sportliche Herausforderung wie z.B. einen Schwimmkurs)</t>
   </si>
   <si>
     <t>Befasst sich selbständig über eine angemessene Zeit mit einem Auftrag oder einer selbstgewählten Aufgabe (malt Vorlage fertig aus oder fügt Puzzle bis zum Ende zusammen)</t>
   </si>
   <si>
     <t>Übernimmt vorgegebene Aufgaben und erledigt diese nach Hinweis weitgehend selbständig bis zum Schluss (z.B. erledigt Ämtli im Kindergarten, hilft beim Tisch decken, füttert täglich sein Haustier)</t>
   </si>
   <si>
     <t>Passt sich veränderten Bedingungen beim Lösen einer Aufgabe ideenreich an (z.B. ersetzt beim Ausmalen den ausgetrockneten blauen Filzstift durch den Farbstift derselben Farbe oder baut, da die grossen Räder fehlen, aus den Lego ein Auto anstelle des geplanten Traktors)</t>
   </si>
   <si>
     <t>Hat die Möglichkeit seinen Bedürfnissen entsprechend, eine eher ruhige oder lebhafte Beschäftigung zu wählen (z.B. hat einen Rückzugsort, um ungestört zu spielen oder ein Bilderbuch zu betrachten, kann selbständig nach draussen)</t>
@@ -1194,53 +1169,50 @@
       <t>Einstellungen sozial und leistungsbezogen</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ohne ICF-Codes)</t>
     </r>
   </si>
   <si>
     <t>(doppelt breit)</t>
   </si>
   <si>
     <t>Nimmt seine unmittelbaren Gefühle in Bezug auf soziale und leistungsbasierte Herausforderungen wahr (z.B. beantwortet Fragen dazu, dass es traurig ist, weil seine Freund:in wegzieht oder dass es sich auf das bevorstehende Wettrennen freut)</t>
   </si>
   <si>
     <t>Verlässt sich auf Bezugspersonen und deren Unterstützung im Umgang mit Herausforderungen und schwierigen Situationen (z.B. ergreift die Hand des Vaters beim Herunterspringen von einer Mauer, holt sich vertrauensvoll Hilfe, wenn es bei einem Vorhaben an seine Grenzen stösst)</t>
   </si>
   <si>
     <t>145 ist Ebene 2: baut weiter auf Item 141 auf (das doppelt breit ist)</t>
   </si>
   <si>
-    <t>Akzeptiert sich selbst (z.B. tritt selbstbewusst auf, kommentiert seine Befindlichkeit und seine Vorlieben)</t>
-[...1 lines deleted...]
-  <si>
     <t>Es besteht (noch) kein Leidensdruck, das Kind nimmt seine sprachlichen Schwierigkeiten nicht als störend wahr (z.B. spricht unbekümmert, wenig sprachliche Eigenkorrekturen)</t>
   </si>
   <si>
     <r>
       <t>Einstellungen sprachbezogen</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ohne ICF-Codes)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Einstellungen und Unterstützung Familie</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
@@ -1250,56 +1222,50 @@
     </r>
   </si>
   <si>
     <t>Kind findet in der Familie Wertschätzung und Respekt für seine Persönlichkeit (z.B. Eltern äussern sich anerkennend zu bestimmten Wesenszügen, Geschwister zeigen liebevollen Umgang)</t>
   </si>
   <si>
     <t>Kind findet in der Familie Wertschätzung und Respekt für seine Leistungen (Eltern anerkennen bestimmte Fähigkeiten und Fertigkeiten, bemerken Anstrengungen des Kindes)</t>
   </si>
   <si>
     <t>Familie unterstützt das Kind bezüglich der sprachlichen Schwierigkeiten (z.B. nimmt sich Zeit, um es zu verstehen, gibt angemessenes korrektives Feedback, unterstützt es bei den Logopädieaufgaben)</t>
   </si>
   <si>
     <t>Familie beschäftigt sich häufiger gemeinsam (z.B. spielt Karten, Brett- und andere Spiele, schaut gemeinsam Filme an, macht Ausflüge, besucht Sportanlässe)</t>
   </si>
   <si>
     <t>Familie nimmt Anteil am Kindergartenalltag (z.B. kennt Freund:innen und Gspänli, fragt nach, ist interessiert am jeweiligen Thema, an Vorkommnissen und an speziellen Anlässen)</t>
   </si>
   <si>
     <t>Hat engere Beziehungen zu anderen Kindern (z.B. hat beste Freund:in, andere Kinder möchten es gerne zur Freund:in, häufige Treffen mit Cousinen/Cousins)</t>
   </si>
   <si>
     <t>Schule erachtet die Zusammenarbeit aller Fachpersonen untereinander und mit den Eltern als festen Bestandteil ihres Auftrags (z.B. festgelegte Abläufe und Zeitgefässe, regelmässiger Austausch)</t>
   </si>
   <si>
     <t>Ausrichtung der Förderplanung sowie Förderentscheide erfolgen entsprechend einer Gesamteinschätzung, nicht primär leistungsorientiert (z.B. beachten von Sozialverhalten und Teilhabe, Lernverhalten und Interesse, Motivation und Durchhaltevermögen)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Schule bietet Einrichtungen, welche miteinander kooperieren und die verschiedenen Lebensbereiche der Kinder verbinden (z.B. Tagesschulstruktur, Sozialarbeiter:in, Ludothek, Mediothek)</t>
   </si>
   <si>
     <t>Schule vermittelt bei Bedarf zusätzlich individuelle Unterstützung und bietet Hilfestellung bei deren Organisation (z.B. spezifische Elternberatung, Angebote von Beratung&amp;Unterstützung, Anmeldung beim Schulpsychologischen Dienst)</t>
   </si>
   <si>
     <t>Logopädische Begleitung und Unterstützung des Kindes ist bei Bedarf auch während Therapiepausen möglich (z.B. regelmässige Kontrollen, Beratung der Lehrpersonen, Eltern)</t>
   </si>
   <si>
     <t>Lehrpersonen unterstützen das Kind individuell bei der Förderung seiner sprachlichen Fähigkeiten und bei der mündlichen Texterschliessung (z.B. spezielle, zusätzliche Materialien zur Visualisierung, individualisierte Förderung in Kleingruppen)</t>
   </si>
   <si>
     <r>
       <t>Einstellungen und Unterstützung Peers</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ICF-Codes e320, e325, e420, e425)</t>
     </r>
   </si>
   <si>
@@ -1737,126 +1703,114 @@
   <si>
     <t>Stellt in altersentsprechenden Geschichten Zusammenhänge her und erkennt Symbolik
 (z.B. beantwortet Inferenzfragen zu nicht explizit erwähnten Inhalten)</t>
   </si>
   <si>
     <t>Überbringt zu Hause oder im Kindergarten wesentliche Informationen
 (z.B. Besuch der Verkehrspolizist:in, Auftrag zu erforderlicher Kleidung für den Waldausflug)</t>
   </si>
   <si>
     <t>Erzählt bekannte, altersentsprechende Geschichten unterstützt durch Bilder
 (z.B. ein beliebtes Bilderbuch)</t>
   </si>
   <si>
     <t>Erzählt Abläufe nachvollziehbar und mit Hinweisen zu Situation oder Kontext
 (z.B. für das Gegenüber wichtige Angaben zu Örtlichkeiten und Personen)</t>
   </si>
   <si>
     <t>Tauscht sich unter Anleitung und mithilfe konkreter Fragen mit anderen über Erzähltes aus
 (z.B. Motive der Protagonisten und Handlungskonsequenzen)</t>
   </si>
   <si>
     <t>Versteht alltagsrelevante Wörter und Sätze im Kontext
 (z.B. Informationen und Anweisungen im Familien- und Kindergartenalltag)</t>
   </si>
   <si>
-    <t>Zeigt Interesse an altersentsprechenden Versli und Reimen und entnimmt den wesentlichen Inhalt
-[...2 lines deleted...]
-  <si>
     <t>Versteht Hauptsatzstrukturen und erfasst die Bedeutung der Wörter eines einfachen Grundwortschatzes in vertrauten, ritualisierten Situationen (z.B. folgt dem Unterricht im Kreis
 und entnimmt eigenständig einfache Anweisungen)</t>
   </si>
   <si>
     <t>Entnimmt die Bedeutung aus altersentsprechenden Satzstrukturen (erweiterte Hauptsätze und einfache Nebensätze) mit Wörtern des alltäglichen Grundwortschatzes (z.B. folgt der Geschichte
 des Kindergartenthemas aufmerksam, befolgt die Anweisungen der Schulzahnpflege-Instruktor:in)</t>
   </si>
   <si>
     <t>Nutzt sprachlich vermittelte Informationen zum Wissenserwerb und erweitert so aktiv sein Allgemeinwissen und Können (z.B. experimentiert beim Thema Igel und Winterschlaf indem es nach weiteren Tieren mit Winterschlaf sucht [vgl. bspw. Bilderbuch «Der Hase hält Winterschlaf»],
 fragt nach Wortbedeutungen oder nach Zusammenhängen in Geschichten)</t>
   </si>
   <si>
     <t>Baut bei Geschichten eine Hörerwartung auf
 (z.B. fiebert der Fortsetzung entgegen, negiert unpassende, paradoxe Vorschläge)</t>
   </si>
   <si>
-    <t xml:space="preserve">Erfasst in komplexeren sprachlichen Äusserungen und Geschichten die Absichten und Ziele verschiedener Protagonisten bzw. den Ablauf von zwei oder mehr Handlungssträngen
-[...2 lines deleted...]
-  <si>
     <t>Bildet die meisten Laute sowohl isoliert als auch in Wörtern
 (z.B. alle Artikulationsstellen und altersentsprechende Konsonantenverbindungen)</t>
   </si>
   <si>
     <t>Drückt sich in einfachen Sätzen/Phrasen und mit passender Wortwahl allgemein verständlich aus
 (z.B. beim Fragen und Antworten)</t>
   </si>
   <si>
     <t>Übernimmt Kindereime und Lieder und wiederholt diese zumindest teilweise spontan
 (z.B. Abzähl- und Fingerverse)</t>
   </si>
   <si>
     <t>Spricht mit passender Betonung, differenzierter Wortwahl und altersentsprechender Grammatik
 (z.B. bezüglich Artikeln, Mehrzahlbildung, Verbformen und Satzgefügen)</t>
   </si>
   <si>
     <t>Zeigt Interesse an Bildern und an der Funktion von Büchern
 (z.B. betrachtet Wimmelbilder und Bilderbücher, imitiert das Vorlesen im Spiel)</t>
   </si>
   <si>
     <t>Erkennt die verschiedenen Grundformen (Kreis, Viereck, Dreieck) und ordnet diese passend zu
 (z.B. runde und/oder viereckige Gegenstände suchen, Muster nachlegen)</t>
   </si>
   <si>
     <t>Benennt einzelne Buchstaben
 (z.B. den Anfangslaut seines Namens oder des Namens eines Familienmitgliedes)</t>
   </si>
   <si>
     <t>Erkennt Reime in kurzen Wörtern und bildet Reimpaare evtl. unterstützt durch Bilder
 (z.B. Maus, Haus, Hand / Pfanne, Tasse, Tanne)</t>
   </si>
   <si>
     <t>Kennt mehrere Buchstaben und ordnet sie dem passenden Laut zu
 (z.B. mehrere Buchstaben seines Namens oder anderer bekannter Wörter)</t>
   </si>
   <si>
     <t>Unterscheidet mit Unterstützung zwischen dem inhaltlichen und lautlichen Aspekt der Sprache
 (z.B. unterscheiden von langen und kurzen Wörtern wie Lokomotive und Zug)</t>
   </si>
   <si>
     <t>Zeigt Interesse am Malen und Zeichnen und an deren Ergebnis
 (z.B. beschäftigt sich mit Papier und Stiften oder Fingerfarben)</t>
   </si>
   <si>
     <t>Zeichnet die verschiedenen Grundformen (Kreis, Viereck, Dreieck) (z.B. beim Abzeichnen
 von anderen Kindern oder in Zeichenversen wie «Punkt, Punkt, Komma, Strich, …»)</t>
   </si>
   <si>
-    <t>Interessiert sich für formale Aspekte des Schreibens
-[...2 lines deleted...]
-  <si>
     <t>Zahnstellung und Mundmotorik ermöglichen eine problemlose, unauffällige Nahrungsaufnahme
 (z.B. kauen und schlucken von Brotrinde, Äpfeln, Rüebli)</t>
   </si>
   <si>
     <t>Zahnstellung und Mundmotorik ermöglichen den Mundschluss und die Speichelkontrolle
 (z.B. beim Zuhören oder Schreiben)</t>
   </si>
   <si>
     <t>Zahnstellung und Mundmotorik ermöglichen eine verständliche Aussprache
 (z.B anheben der Zungenspitze für /L/, runden der Lippen für /SCH/</t>
   </si>
   <si>
     <t>Zahnstellung und Mundmotorik ermöglichen eine unauffällige Aussprache und Mimik
 (z.B. präzise Lautbildung, Zahnschluss)</t>
   </si>
   <si>
     <t>Feinmotorik ermöglicht differenzierte Bewegungen von Arm, Handgelenk und Fingern
 (z.B. lockeres Malen mit Fingerfarben, Kneten von Teig bzw. Knetmasse, Weben)</t>
   </si>
   <si>
     <t>Lehrpersonen erkennen sprachliche Fortschritte im Kindergartenalltag
 (z.B. bleibt im Kreis etwas länger aufmerksam oder äussert sich vermehrt)</t>
   </si>
   <si>
     <t>Lehrpersonen erkennen eine Verbesserung der sozio-emotionalen Befindlichkeit
@@ -1871,59 +1825,50 @@
 (z.B. weint vor der Therapie, betritt das Zimmer nicht)</t>
   </si>
   <si>
     <t>Kind lässt sich über einen längeren Zeitraum nicht für die angebotenen Therapieinhalte motivieren
 (z.B. möchte ausschliesslich spielen, verweigert, zeigt kein Interesse an Hausaufgaben)</t>
   </si>
   <si>
     <t>Kind ist mit seinen sprachlichen Kompetenzen zufrieden
 (z.B. kann sich verständigen, erlebt keine Einschränkungen im Spiel und Kontakt mit den Gspänli)</t>
   </si>
   <si>
     <t>Eltern lehnen das vorgeschlagene Setting ab
 (z.B. wünschen Randstunden, Einzel- statt Gruppentherapie, Therapeut:innenwechsel)</t>
   </si>
   <si>
     <t>Ist im Kindergarten mehrheitlich beteiligt und aufmerksam
 (z.B. macht mit, schaut und hört im Kreis zu und reagiert auf Anweisungen)</t>
   </si>
   <si>
     <t>Beschäftigt sich über eine gewisse Zeit mit einem Spiel oder einer Aufgabe
 (z.B. Zeichnen, Geschicklichkeitsspiel, Bilderbuch anschauen)</t>
   </si>
   <si>
     <t>Zählt ab bis mindestens drei und bewältigt einfache Mengenvergleiche wie «viel» vs. «wenig»
 (z.B. mit Klötzen, Autos)</t>
-  </si>
-[...7 lines deleted...]
-(z.B. weiss, dass Hühner Eier legen, diese ausbrüten und überträgt dieses Wissen auf andere Vögel).</t>
   </si>
   <si>
     <t>Erkennt auf einen Blick Mengen bis fünf und bewältigt in diesem Zahlenraum konkrete Mengenvergleiche (z.B. verteilt Bälle an fünf Kinder und erkennt,
 ob es passt bzw. zu viel oder zu wenig hat)</t>
   </si>
   <si>
     <t>Merkt sich automatisierte Wortreihen oder Abzählverse und ruft diese gezielt ab
 (z.B. Wochentage, Zahlenreihe bis etwa zehn)</t>
   </si>
   <si>
     <t>Beschäftigt sich über eine längere Zeitspanne mit einem Spiel oder bleibt bei einer Aufgabe
 (z.B. Steckspiel, Weben, Bastelarbeit)</t>
   </si>
   <si>
     <t>Fühlt sich im Kindergarten wohl und ist zufrieden
 (z.B. kommt gerne in den Kindergarten, spielt regelmässig mit anderen Kindern)</t>
   </si>
   <si>
     <t>Folgt dem Unterricht mit Unterstützung
 (z.B. durch zusätzliches, individualisiertes Erklären oder angepasste Unterlagen)</t>
   </si>
   <si>
     <t>Nimmt mindestens teilweise aktiv am Unterricht teil
 (z.B. bei Lieblingsthemen oder wenn es etwas sicher weiss)</t>
   </si>
@@ -1932,54 +1877,50 @@
 (z.B. orientiert sich an anderen Kindern oder fragt gezielt bei Lehrpersonen nach)</t>
   </si>
   <si>
     <t>Interessiert sich für das Resultat seiner Handlung, gibt diesem eine Bedeutung und teilt das dem Gegenüber mit (z.B. beim Kneten entsteht eine Rolle, welche es dem Gegenüber zeigt
 und sagt: «Wurst»)</t>
   </si>
   <si>
     <t>Fügt mehrere symbolische Spielhandlungen sinnvoll aneinander und verbindet diese zu einem Handlungsstrang (z.B. zieht den Bären an, sieht dann einen Löffel und füttert ihn,
 bemerkt ein Kissen und legt ihn schlafen)</t>
   </si>
   <si>
     <t>Plant im Kopf einen vollständigen Handlungsablauf mit klarem Abschluss, sucht vorgängig das passende Material zusammen und ersetzt Fehlendes durch andere Gegenstände
 (z.B. bäckt Pizza und holt dazu vorgängig Knete, Wallholz [ggf. zylindrischer Bauklotz] und Backofen [ggf. Schachtel], formt dann die Pizza, legt sie kurz in den Ofen, holt sie wieder heraus,
 sagt: «heiss», bläst darauf, isst und sagt, dass es nun satt ist)</t>
   </si>
   <si>
     <t>Übernimmt im Spiel mit anderen eine ihm zugeteilte, fremde Rolle und versetzt sich in sie hinein
 (z.B. spielt im Familienspiel ein Kind, das trotzt und quengelt oder einen Hund, der bellt und frisst)</t>
   </si>
   <si>
     <t>Verhandelt im Spiel mit anderen die Rollen und gestaltet seine Rolle gemäss Impulsen der
 Mitspielenden flexibel (z.B. engagierter Vater, verwöhnte Prinzessin,
 kompetente Ärztin, impulsiver Koch)</t>
   </si>
   <si>
-    <t>Übernimmt, befolgt und akzeptiert in altersentsprechenden Gesellschaftsspielen die entsprechenden Regeln (z.B. respektiert den Spielerwechsel im Memory, die Spielerreihenfolge, die Bedeutung
-[...2 lines deleted...]
-  <si>
     <t>Spielt mit Unterstützung mit (mindestens) einem anderen Kind zusammen (z.B. ein Kind kocht
 für die Tiere, das andere deckt für sie den Tisch, Verkäuferin und Kunde im Laden)</t>
   </si>
   <si>
     <t>Spielt unter Anleitung eines Erwachsenen regelgeleitete Spiele in einer Gruppe
 (z.B. das Singspiel «Häschen in der Grube», Memory)</t>
   </si>
   <si>
     <t>Spielt eine Zeit lang selbständig und weitgehend konfliktfrei gemeinsam mit mehreren Kindern
 (z.B. Briobahn aufbauen, Bauen mit Klötzen)</t>
   </si>
   <si>
     <t>Erreicht die gegenwärtigen Anforderungen bezüglich Spielverhalten im Kindergarten
 (mindestens) weitgehend (z.B. bezüglich Lehrplanzielen)</t>
   </si>
   <si>
     <t>Spielt im Freispiel oder auf dem Pausenplatz häufig mit mehreren anderen Kindern zusammen
 und trägt kooperativ zur Lösung von Unstimmigkeiten bei
 (z.B. bei der Rollenverteilung im Familienspiel oder bei Regelkonflikten im Fussball)</t>
   </si>
   <si>
     <t>Verbleib im Kindergarten wird nicht in Frage gestellt, trotz evtl. stark herausfordernden Verhaltensweisen und/oder den minimalen Anforderungen nicht entsprechenden Leistungen
 (z.B. andauernde, heftige Konflikte mit anderen Kindern, notwendige Individualisierung
 in fast allen Bereichen)</t>
   </si>
@@ -2110,99 +2051,198 @@
   <si>
     <t>Wohnsituation ermöglicht regelmässigen Kontakt mit anderen Kindern
 (z.B. Nachbarskinder, Treffpunkt wie Spiel- und Sportplatz gut erreichbar)</t>
   </si>
   <si>
     <t>Verfügt in der Freizeit über regelmässige Kontakte mit anderen Kindern
 (z.B. im Wohnhaus, im Hort, auf dem Spielplatz)</t>
   </si>
   <si>
     <t>Freund:innen und Gspänli unterstützen das Kind gerne und kümmern sich um sein Wohlbefinden
 (z.B. helfen beim Aufräumen, teilen ihren Znüni, leihen ihm ein Spielzeug aus)</t>
   </si>
   <si>
     <t>Kind ist anerkannt in seinem Spielumfeld (z.B. Gspänli fragen, ob es zum Spielen kommt,
 kommen es abholen, greifen seine Spielideen auf)</t>
   </si>
   <si>
     <t>Profitiert sprachlich von seiner Peergruppe
 (z.B. bewegt sich in Kindergruppen mit guten sprachlichen Kompetenzen)</t>
   </si>
   <si>
     <t>Freund:innen und Gspänli akzeptieren die (sprachlichen) Schwierigkeiten des Kindes und helfen ihm dabei (z.B. flüstern ihm etwas ein, wiederholen wenn es nicht versteht,
 sagen mit ihm gemeinsam ein schwieriges Versli auf)</t>
   </si>
   <si>
-    <t>Schule ermöglicht die regelmässige Kooperation aller beteiligten Lehr- und Fachpersonen
-[...2 lines deleted...]
-  <si>
     <t>Lehrpersonen verfügen über eine positive Grundhaltung gegenüber dem Kind
 (z.B. haben Zutrauen zu ihm, übergeben ihm Ämtli und spezielle Aufträge, fokussieren seine Stärken)</t>
   </si>
   <si>
     <t>Gspänli akzeptieren das Kind
 (z.B. nehmen Gruppenzuteilung ohne Murren an, keine Ausgrenzung beim freien Spiel)</t>
   </si>
   <si>
     <t>Lehrpersonen akzeptieren Sprachschwierigkeiten und Sprachleistungen des Kindes
 (z.B. beachten die individuellen Fortschritte vor dem Vergleich mit der Gruppe)</t>
   </si>
   <si>
     <t>Lehrpersonen bieten dem Kind gezielte spezifische Unterstützung im Unterricht
 (z.B. versichern sich, ob eine Aufgabe verstanden wurde, geben wenn notwendig
 individualisierte Aufträge, berücksichtigen und beachten Inhalt vor Form)</t>
   </si>
   <si>
     <t>Klassenkamerad:innen sind und arbeiten gerne mit dem Kind zusammen
 (z.B. spielen mit ihm auf dem Pausenplatz oder wählen es im Freispiel zu sich in die Gruppe)</t>
   </si>
   <si>
     <t>Lehrpersonen unterstützen die Eltern bei der Lernförderung ihres Kindes
 (z.B. geben ihnen konkrete Hinweise, wie sie den Spracherwerb unterstützen können)</t>
   </si>
   <si>
     <t>Therapieindikatoren Partizipation und Kontextfaktoren Sprache 4-5</t>
   </si>
   <si>
     <t>Hält Gesprächsregeln altersentsprechend ein (z.B. wartet kurz, unterbricht andere nicht, hört zu)</t>
+  </si>
+  <si>
+    <t>Spielt über eine gewisse Zeit vertieft für sich
+(z.B. baut aus Klötzen einen Turm, kocht für seine Puppe)</t>
+  </si>
+  <si>
+    <t>Akzeptiert sich selbst
+(z.B. tritt selbstbewusst auf, kommentiert seine Befindlichkeit und seine Vorlieben)</t>
+  </si>
+  <si>
+    <t>Akzeptiert und befolgt Anweisungen und Verhaltensregeln (z.B. kommt nach der Pausenglocke zeitnah zurück in den Kindergarten, räumt Spielsachen in die vorgesehenen Kisten,
+akzeptiert ein Nein)</t>
+  </si>
+  <si>
+    <t>Schule ermöglicht die regelmässige Kooperation aller beteiligten Lehr- und Fachpersonen
+(z.B. Zeitgefässe für den Austausch mit DaZ-Lehrperson und Heilpädagog:in
+sind im Arbeitsauftrag vorgesehen)</t>
+  </si>
+  <si>
+    <t>Zeigt Interesse an altersentsprechenden Versli und Reimen und entnimmt
+den wesentlichen Inhalt (z.B. baut beim Vers «Hoppe, hoppe Reiter…»
+bereits vor dem «Plums» eine Erwartungshaltung auf)</t>
+  </si>
+  <si>
+    <t>Erfasst in komplexeren sprachlichen Äusserungen und Geschichten die Absichten und Ziele verschiedener Protagonisten bzw. den Ablauf von zwei oder mehr Handlungssträngen
+(z.B. zeigt Interesse an Märchen und Fabeln, zieht Schlüsse, kommentiert im Voraus, erkennt die verschiedenen Strategien von Protagonisten wie der draufgängerischen versus des listigen Prinzen)</t>
+  </si>
+  <si>
+    <t>Interessiert sich für formale Aspekte des Schreibens (z.B. Grössenverhältnisse,
+Raum-Lage ähnlicher Buchstaben (b d p / e a), Abstände, Schreibrichtung)</t>
+  </si>
+  <si>
+    <t>Entwicklung der Feinmotorik ermöglicht zunehmende Dissoziation der Bewegungen von Schulter, Arm, Hand und Mund (z.B. abnehmende Mitbewegungen des Mundes
+beim Schneiden oder Zeichnen)</t>
+  </si>
+  <si>
+    <t>Eltern sind nicht (mehr) motiviert für die Therapie
+(z.B. Hausaufgaben werden selten erledigt, häufige Therapieausfälle, andere Therapievorstellung, wünschen Therapiepause/Therapieabschluss)</t>
+  </si>
+  <si>
+    <t>Merkt sich Rituale und alltägliche Abläufe im Kindergarten
+(z.B. setzt sich nach vereinbartem Zeichen in den Kreis und wartet bis sein Znünitäschli
+verteilt wird, kennt die vereinbarten Privilegien für das Geburtstagskind)</t>
+  </si>
+  <si>
+    <t>Merkt sich Gelerntes und aktiviert und nutzt es später bei Bedarf (z.B. weiss,
+dass Hühner Eier legen, diese ausbrüten und überträgt dieses Wissen auf andere Vögel).</t>
+  </si>
+  <si>
+    <t>Folgt dem Unterricht grösstenteils selbständig (z.B. taucht ins Thema ein,
+versteht Arbeitsaufträge, arbeitet mit den vorgegebenen Materialien und Unterlagen)</t>
+  </si>
+  <si>
+    <t>Erkundet Gegenstände bezüglich ihrer materiellen Eigenschaften und Funktionen. Die
+Spielhandlung ist im Hier und jetzt und an den Gegenstand gebunden (z.B. erkundet Spielautos
+durch Drehen an Rädern, öffnen und schliessen der Türen, beachtet beim Fahren die Distanz)</t>
+  </si>
+  <si>
+    <t>Übernimmt, befolgt und akzeptiert in altersentsprechenden Gesellschaftsspielen die ent-
+sprechenden Regeln (z.B. respektiert den Spielerwechsel im Memory, die Spieler-
+reihenfolge, die Bedeutung und den Wert von passenden Spielkarten,
+drückt Sieg und Niederlage angemessen aus)</t>
+  </si>
+  <si>
+    <t>Schätzt seine Leistung anhand eines aktuellen, konkreten Produkts altersentsprechend realistisch ein und ist damit zufrieden bzw. unzufrieden
+(z.B. schneiden auf der Linie, Form ausmalen, Bastelarbeit)</t>
+  </si>
+  <si>
+    <t>Schule bietet Einrichtungen, welche miteinander kooperieren
+und die verschiedenen Lebensbereiche der Kinder verbinden
+(z.B. Tagesschulstruktur, Sozialarbeiter:in, Ludothek, Mediothek)</t>
+  </si>
+  <si>
+    <t>Unterscheidet und versteht ähnlich klingende Wörter
+(z.B. bezüglich Lauten, Betonung, Wortgrenzen)</t>
+  </si>
+  <si>
+    <t>Schule fördert durch verschiedene Zugänge und Anlässe bewusst
+einen ganzheitlichen Spracherwerb (z.B. Begrüssungslieder in verschiedenen Sprachen, Bibliotheksbesuche, Theaterwoche)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="36" x14ac:knownFonts="1">
+  <fonts count="40" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
@@ -3437,808 +3477,820 @@
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="253">
+  <cellXfs count="257">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="14" fontId="12" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="16" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="25" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="12" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="15" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="23" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="27" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="23" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="23" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="12" fillId="23" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="13" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="10" fillId="13" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="23" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="13" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="13" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="7" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="24" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="14" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="14" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="19" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="18" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="18" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="9" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="20" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="35" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="35" fillId="20" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="20" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="20" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="10" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="15" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="21" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="16" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="16" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="12" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="17" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="27" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="17" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="9" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="10" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="21" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="12" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="37" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="49" fontId="23" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="49" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="1" fontId="6" fillId="18" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="9" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="6" fillId="20" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="35" fillId="20" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="20" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="27" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="16" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="27" fillId="17" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...87 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment vertical="top"/>
+    <xf numFmtId="49" fontId="4" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="49" fontId="12" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="16" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFB7D8A0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFE2EFD9"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCB"/>
         </patternFill>
@@ -4373,109 +4425,109 @@
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4781550" y="2757488"/>
           <a:ext cx="2502252" cy="2485625"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>1971676</xdr:colOff>
+      <xdr:colOff>1969771</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>83820</xdr:rowOff>
+      <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>2848725</xdr:colOff>
+      <xdr:colOff>2846820</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>169551</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004000000}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3086100" y="1209675"/>
           <a:ext cx="882762" cy="716286"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="12700">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>3935495</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>5246371</xdr:colOff>
+      <xdr:colOff>5248276</xdr:colOff>
       <xdr:row>11</xdr:row>
-      <xdr:rowOff>30023</xdr:rowOff>
+      <xdr:rowOff>28118</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCF4857A-9709-4C9C-9F04-B95A8ABA885B}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -4707,91 +4759,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="157163" y="2171700"/>
           <a:ext cx="1301351" cy="1298753"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 – 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 – 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -4853,51 +4905,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 – 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -4995,5661 +5047,5662 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:G4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.1" zeroHeight="1" x14ac:dyDescent="0.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="43.15625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="11.41796875" style="1" hidden="1"/>
+    <col min="1" max="1" width="43.109375" style="1" customWidth="1"/>
+    <col min="2" max="7" width="11.44140625" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="11.44140625" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.2" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:7" ht="23.4" x14ac:dyDescent="0.25">
       <c r="A1" s="11" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
     </row>
-    <row r="2" spans="1:7" ht="15" x14ac:dyDescent="0.5">
+    <row r="2" spans="1:7" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A2" s="12" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="4"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
     </row>
-    <row r="3" spans="1:7" ht="15" x14ac:dyDescent="0.5">
+    <row r="3" spans="1:7" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
     </row>
-    <row r="4" spans="1:7" s="72" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="4" spans="1:7" s="72" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="71" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" s="169"/>
+      <c r="C4" s="169"/>
+      <c r="D4" s="169"/>
+      <c r="E4" s="169"/>
+      <c r="F4" s="169"/>
+      <c r="G4" s="169"/>
+    </row>
+    <row r="5" spans="1:7" s="72" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="71" t="s">
         <v>28</v>
-      </c>
-[...9 lines deleted...]
-        <v>29</v>
       </c>
       <c r="B5" s="22"/>
       <c r="D5" s="71" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E5" s="6" t="str">
         <f>IFERROR(
 IF(DATEDIF(B5,B8,"YM")&lt;2,(DATEDIF(B5,B8,"Y")&amp;" Jahre und "&amp;DATEDIF(B5,B8,"YM")&amp;" Monat"),(DATEDIF(B5,B8,"Y")&amp;" Jahre und "&amp;DATEDIF(B5,B8,"YM")&amp;" Monate")),
 "Erstelldatum fehlt")</f>
         <v>0 Jahre und 0 Monat</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
     </row>
-    <row r="6" spans="1:7" s="72" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="6" spans="1:7" s="72" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="71" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" s="169"/>
+      <c r="C6" s="169"/>
+      <c r="D6" s="169"/>
+      <c r="E6" s="169"/>
+      <c r="F6" s="169"/>
+      <c r="G6" s="169"/>
+    </row>
+    <row r="7" spans="1:7" s="72" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="71" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" s="169"/>
+      <c r="C7" s="169"/>
+      <c r="D7" s="169"/>
+      <c r="E7" s="169"/>
+      <c r="F7" s="169"/>
+      <c r="G7" s="169"/>
+    </row>
+    <row r="8" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="B6" s="164"/>
-[...20 lines deleted...]
-      </c>
       <c r="B8" s="22"/>
     </row>
-    <row r="9" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="9" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="71" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B9" s="23"/>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.5"/>
-[...10 lines deleted...]
-    <row r="21" x14ac:dyDescent="0.5"/>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25"/>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25"/>
+    <row r="17" x14ac:dyDescent="0.25"/>
+    <row r="18" x14ac:dyDescent="0.25"/>
+    <row r="19" x14ac:dyDescent="0.25"/>
+    <row r="20" x14ac:dyDescent="0.25"/>
+    <row r="21" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="l1NtCzHKu6cfsb6uvKzHIg0+0JuLpwRST2bl9VIBEYAuMiFYQ/2+FczWcO06VwGZf2N+1RP2cbQuN1i6o+AmAA==" saltValue="a/rIxCD+hXFls4/zQ4YmoA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B7:G7"/>
   </mergeCells>
   <conditionalFormatting sqref="E5">
     <cfRule type="containsText" dxfId="8" priority="2" operator="containsText" text="Erstelldatum fehlt">
       <formula>NOT(ISERROR(SEARCH("Erstelldatum fehlt",E5)))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="landscape" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Standard"&amp;9&amp;F ¦ &amp;A&amp;R&amp;"Arial,Standard"&amp;9 &amp;"Arial,Fett"Vertraulich&amp;"Arial,Standard" Seite &amp;P von &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle2"/>
   <dimension ref="A1:S273"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="13" topLeftCell="A14" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B4" sqref="B4:G4"/>
-      <selection pane="bottomLeft" activeCell="C17" sqref="C17"/>
+      <selection pane="bottomLeft" activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.1" zeroHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.578125" style="73" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="5.578125" style="73" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="3.5546875" style="73" customWidth="1"/>
+    <col min="2" max="2" width="5.5546875" style="73" customWidth="1"/>
+    <col min="3" max="3" width="7.5546875" style="73" customWidth="1"/>
+    <col min="4" max="4" width="72.5546875" style="134" customWidth="1"/>
+    <col min="5" max="5" width="3.5546875" style="134" customWidth="1"/>
+    <col min="6" max="6" width="5.5546875" style="73" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="10" style="73" hidden="1" customWidth="1"/>
-    <col min="8" max="8" width="5.1015625" style="73" hidden="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="20" max="16384" width="10.68359375" style="87" hidden="1"/>
+    <col min="8" max="8" width="5.109375" style="73" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="4.5546875" style="73" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="3.5546875" style="73" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="14.21875" style="73" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="9.109375" style="73" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="2.88671875" style="73" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="3.5546875" style="73" hidden="1" customWidth="1"/>
+    <col min="15" max="19" width="4.5546875" style="73" hidden="1" customWidth="1"/>
+    <col min="20" max="16384" width="10.6640625" style="87" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:19" x14ac:dyDescent="0.3">
       <c r="D1" s="73"/>
       <c r="E1" s="73"/>
       <c r="F1" s="143"/>
       <c r="G1" s="143" t="s">
-        <v>222</v>
-[...4 lines deleted...]
-        <v>349</v>
+        <v>211</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" ht="21.6" x14ac:dyDescent="0.3">
+      <c r="B2" s="156" t="s">
+        <v>331</v>
       </c>
       <c r="D2" s="73"/>
       <c r="E2" s="73"/>
     </row>
-    <row r="3" spans="1:19" ht="15" x14ac:dyDescent="0.55000000000000004">
+    <row r="3" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B3" s="12" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="D3" s="73"/>
       <c r="E3" s="73"/>
       <c r="G3" s="73" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H3" s="73" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="I3" s="73" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="L3" s="73" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="M3" s="73" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="O3" s="143" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="R3" s="134"/>
       <c r="S3" s="134"/>
     </row>
-    <row r="4" spans="1:19" ht="15" x14ac:dyDescent="0.55000000000000004">
+    <row r="4" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B4" s="6"/>
       <c r="D4" s="73"/>
       <c r="E4" s="73"/>
       <c r="F4" s="74" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="G4" s="75">
         <v>14.4</v>
       </c>
       <c r="H4" s="75">
         <v>14.04</v>
       </c>
       <c r="I4" s="73">
         <v>1</v>
       </c>
       <c r="K4" s="73" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="L4" s="75">
         <v>17.7</v>
       </c>
       <c r="M4" s="73">
         <v>7</v>
       </c>
       <c r="O4" s="145" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="P4" s="145" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="Q4" s="145" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="R4" s="145" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="S4" s="145" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C5" s="18" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="24" t="str">
         <f>IF(ISBLANK(A_Orientierung!B4),"",A_Orientierung!B4)</f>
         <v/>
       </c>
       <c r="E5" s="73"/>
       <c r="F5" s="74" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G5" s="75">
         <v>28.5</v>
       </c>
       <c r="H5" s="75">
         <f>+$G$4*2</f>
         <v>28.8</v>
       </c>
       <c r="I5" s="73">
         <v>2</v>
       </c>
       <c r="K5" s="73" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="L5" s="73">
         <v>6</v>
       </c>
       <c r="M5" s="73">
         <v>8</v>
       </c>
       <c r="O5" s="144">
         <v>3</v>
       </c>
       <c r="P5" s="144">
         <v>5</v>
       </c>
       <c r="Q5" s="144">
         <v>7</v>
       </c>
       <c r="R5" s="144">
         <v>72</v>
       </c>
       <c r="S5" s="144">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+    <row r="6" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C6" s="18" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D6" s="76" t="str">
         <f>IF(ISBLANK(A_Orientierung!B5),"",A_Orientierung!B5)</f>
         <v/>
       </c>
       <c r="E6" s="73"/>
       <c r="F6" s="74" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="G6" s="75">
         <v>42.6</v>
       </c>
       <c r="H6" s="75">
         <f>+$G$4*3</f>
         <v>43.2</v>
       </c>
       <c r="I6" s="73">
         <v>3</v>
       </c>
       <c r="K6" s="73" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="L6" s="73">
         <v>10</v>
       </c>
       <c r="M6" s="73">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+    <row r="7" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C7" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D7" s="24" t="str">
         <f>A_Orientierung!E5</f>
         <v>0 Jahre und 0 Monat</v>
       </c>
       <c r="E7" s="73"/>
       <c r="F7" s="74" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G7" s="75">
         <v>56.4</v>
       </c>
       <c r="H7" s="75">
         <f>+$G$4*4</f>
         <v>57.6</v>
       </c>
       <c r="I7" s="73">
         <v>4</v>
       </c>
       <c r="K7" s="143" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="L7" s="73">
         <v>54</v>
       </c>
       <c r="M7" s="73">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+    <row r="8" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C8" s="18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D8" s="24" t="str">
         <f>IF(ISBLANK(A_Orientierung!B6),"",A_Orientierung!B6)</f>
         <v/>
       </c>
       <c r="E8" s="73"/>
       <c r="F8" s="74" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G8" s="73">
         <v>70.3</v>
       </c>
       <c r="H8" s="75">
         <f>+$G$4*5</f>
         <v>72</v>
       </c>
       <c r="I8" s="73">
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+    <row r="9" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C9" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D9" s="24" t="str">
         <f>IF(ISBLANK(A_Orientierung!B7),"",A_Orientierung!B7)</f>
         <v/>
       </c>
       <c r="E9" s="73"/>
     </row>
-    <row r="10" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+    <row r="10" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C10" s="18" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D10" s="76" t="str">
         <f>IF(ISBLANK(A_Orientierung!B8),"",A_Orientierung!B8)</f>
         <v/>
       </c>
       <c r="E10" s="73"/>
     </row>
-    <row r="11" spans="1:19" x14ac:dyDescent="0.55000000000000004">
+    <row r="11" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C11" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D11" s="24" t="str">
         <f>IF(ISBLANK(A_Orientierung!B9),"",A_Orientierung!B9)</f>
         <v/>
       </c>
       <c r="E11" s="73"/>
     </row>
-    <row r="12" spans="1:19" ht="15" x14ac:dyDescent="0.55000000000000004">
+    <row r="12" spans="1:19" ht="15.6" x14ac:dyDescent="0.3">
       <c r="C12" s="77"/>
       <c r="D12" s="24"/>
       <c r="E12" s="73"/>
       <c r="G12" s="73" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="143"/>
       <c r="B13" s="78" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="78" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="79" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E13" s="146"/>
       <c r="F13" s="143"/>
       <c r="G13" s="73" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="H13" s="73" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I13" s="143"/>
       <c r="J13" s="143"/>
       <c r="K13" s="143"/>
     </row>
-    <row r="14" spans="1:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="14" spans="1:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="81"/>
       <c r="C14" s="82"/>
       <c r="D14" s="83" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="E14" s="80"/>
-      <c r="G14" s="150">
+      <c r="G14" s="149">
         <v>7</v>
       </c>
-      <c r="H14" s="150">
+      <c r="H14" s="149">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:19" s="24" customFormat="1" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="15" spans="1:19" s="24" customFormat="1" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="73"/>
       <c r="B15" s="84"/>
       <c r="C15" s="84"/>
       <c r="D15" s="85"/>
       <c r="E15" s="86"/>
       <c r="F15" s="87"/>
-      <c r="G15" s="150">
+      <c r="G15" s="149">
         <v>9</v>
       </c>
-      <c r="H15" s="150">
+      <c r="H15" s="149">
         <v>2</v>
       </c>
       <c r="I15" s="87"/>
       <c r="J15" s="87"/>
       <c r="K15" s="87"/>
       <c r="L15" s="87"/>
       <c r="M15" s="87"/>
       <c r="N15" s="87"/>
       <c r="O15" s="87"/>
       <c r="P15" s="87"/>
       <c r="Q15" s="87"/>
       <c r="R15" s="87"/>
       <c r="S15" s="87"/>
     </row>
-    <row r="16" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="16" spans="1:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="81"/>
       <c r="C16" s="82"/>
       <c r="D16" s="88" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E16" s="80"/>
-      <c r="G16" s="150">
+      <c r="G16" s="149">
         <v>1</v>
       </c>
-      <c r="H16" s="150">
+      <c r="H16" s="149">
         <v>3</v>
       </c>
     </row>
-    <row r="17" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="17" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="89">
         <v>1</v>
       </c>
       <c r="C17" s="135"/>
-      <c r="D17" s="153" t="s">
-        <v>234</v>
+      <c r="D17" s="152" t="s">
+        <v>223</v>
       </c>
       <c r="E17" s="91"/>
-      <c r="G17" s="150">
+      <c r="G17" s="149">
         <v>2</v>
       </c>
-      <c r="H17" s="150">
+      <c r="H17" s="149">
         <v>4</v>
       </c>
     </row>
-    <row r="18" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="18" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="89">
         <v>2</v>
       </c>
       <c r="C18" s="135"/>
-      <c r="D18" s="153" t="s">
-        <v>235</v>
+      <c r="D18" s="152" t="s">
+        <v>224</v>
       </c>
       <c r="E18" s="91"/>
-      <c r="G18" s="150">
+      <c r="G18" s="149">
         <v>2</v>
       </c>
-      <c r="H18" s="150">
+      <c r="H18" s="149">
         <v>5</v>
       </c>
     </row>
-    <row r="19" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="19" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="89">
         <v>3</v>
       </c>
       <c r="C19" s="135"/>
-      <c r="D19" s="154" t="s">
-        <v>236</v>
+      <c r="D19" s="153" t="s">
+        <v>225</v>
       </c>
       <c r="E19" s="91"/>
-      <c r="G19" s="150">
+      <c r="G19" s="149">
         <v>2</v>
       </c>
-      <c r="H19" s="150">
+      <c r="H19" s="149">
         <v>6</v>
       </c>
     </row>
-    <row r="20" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="20" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="89">
         <v>4</v>
       </c>
       <c r="C20" s="135"/>
-      <c r="D20" s="252" t="s">
-        <v>350</v>
+      <c r="D20" s="163" t="s">
+        <v>332</v>
       </c>
       <c r="E20" s="91"/>
-      <c r="G20" s="150">
+      <c r="G20" s="149">
         <v>1</v>
       </c>
-      <c r="H20" s="150">
+      <c r="H20" s="149">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="21" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="89">
         <v>5</v>
       </c>
       <c r="C21" s="135"/>
-      <c r="D21" s="153" t="s">
-        <v>237</v>
+      <c r="D21" s="152" t="s">
+        <v>226</v>
       </c>
       <c r="E21" s="91"/>
-      <c r="G21" s="150">
+      <c r="G21" s="149">
         <v>2</v>
       </c>
-      <c r="H21" s="150">
+      <c r="H21" s="149">
         <v>8</v>
       </c>
     </row>
-    <row r="22" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="22" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="89">
         <v>6</v>
       </c>
       <c r="C22" s="135"/>
-      <c r="D22" s="154" t="s">
-        <v>238</v>
+      <c r="D22" s="153" t="s">
+        <v>227</v>
       </c>
       <c r="E22" s="91"/>
-      <c r="G22" s="150">
+      <c r="G22" s="149">
         <v>2</v>
       </c>
-      <c r="H22" s="150">
+      <c r="H22" s="149">
         <v>9</v>
       </c>
     </row>
-    <row r="23" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="23" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="89">
         <v>7</v>
       </c>
       <c r="C23" s="135"/>
-      <c r="D23" s="153" t="s">
-        <v>239</v>
+      <c r="D23" s="152" t="s">
+        <v>228</v>
       </c>
       <c r="E23" s="91"/>
-      <c r="G23" s="150">
+      <c r="G23" s="149">
         <v>2</v>
       </c>
-      <c r="H23" s="150">
+      <c r="H23" s="149">
         <v>10</v>
       </c>
     </row>
-    <row r="24" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="24" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="89">
         <v>8</v>
       </c>
       <c r="C24" s="136"/>
-      <c r="D24" s="153" t="s">
-        <v>240</v>
+      <c r="D24" s="152" t="s">
+        <v>229</v>
       </c>
       <c r="E24" s="91"/>
-      <c r="G24" s="150">
+      <c r="G24" s="149">
         <v>2</v>
       </c>
-      <c r="H24" s="150">
+      <c r="H24" s="149">
         <v>11</v>
       </c>
     </row>
-    <row r="25" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="25" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="84"/>
       <c r="C25" s="84"/>
       <c r="D25" s="93"/>
       <c r="E25" s="94"/>
       <c r="F25" s="87"/>
-      <c r="G25" s="150">
+      <c r="G25" s="149">
         <v>9</v>
       </c>
-      <c r="H25" s="150">
+      <c r="H25" s="149">
         <v>12</v>
       </c>
       <c r="I25" s="87"/>
       <c r="J25" s="87"/>
       <c r="K25" s="87"/>
       <c r="L25" s="87"/>
       <c r="M25" s="87"/>
       <c r="N25" s="87"/>
       <c r="O25" s="87"/>
       <c r="P25" s="87"/>
       <c r="Q25" s="87"/>
       <c r="R25" s="87"/>
       <c r="S25" s="87"/>
     </row>
-    <row r="26" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="26" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="81"/>
       <c r="C26" s="82"/>
       <c r="D26" s="95" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E26" s="94"/>
       <c r="F26" s="87"/>
-      <c r="G26" s="150">
+      <c r="G26" s="149">
         <v>1</v>
       </c>
-      <c r="H26" s="150">
+      <c r="H26" s="149">
         <v>13</v>
       </c>
     </row>
-    <row r="27" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="27" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="81"/>
       <c r="C27" s="82"/>
       <c r="D27" s="96" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E27" s="91"/>
-      <c r="G27" s="150">
+      <c r="G27" s="149">
         <v>1</v>
       </c>
-      <c r="H27" s="150">
+      <c r="H27" s="149">
         <v>14</v>
       </c>
     </row>
-    <row r="28" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="28" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B28" s="89">
         <v>9</v>
       </c>
       <c r="C28" s="135"/>
-      <c r="D28" s="153" t="s">
-        <v>241</v>
+      <c r="D28" s="152" t="s">
+        <v>230</v>
       </c>
       <c r="E28" s="91"/>
-      <c r="G28" s="150">
+      <c r="G28" s="149">
         <v>2</v>
       </c>
-      <c r="H28" s="150">
+      <c r="H28" s="149">
         <v>15</v>
       </c>
     </row>
-    <row r="29" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="29" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B29" s="89">
         <v>10</v>
       </c>
       <c r="C29" s="135"/>
       <c r="D29" s="90" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E29" s="91"/>
-      <c r="G29" s="150">
+      <c r="G29" s="149">
         <v>1</v>
       </c>
-      <c r="H29" s="150">
+      <c r="H29" s="149">
         <v>16</v>
       </c>
     </row>
-    <row r="30" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="30" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B30" s="89">
         <v>11</v>
       </c>
       <c r="C30" s="135"/>
-      <c r="D30" s="154" t="s">
-        <v>242</v>
+      <c r="D30" s="153" t="s">
+        <v>231</v>
       </c>
       <c r="E30" s="91"/>
-      <c r="G30" s="150">
+      <c r="G30" s="149">
         <v>2</v>
       </c>
-      <c r="H30" s="150">
+      <c r="H30" s="149">
         <v>17</v>
       </c>
     </row>
-    <row r="31" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="31" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B31" s="89">
         <v>12</v>
       </c>
       <c r="C31" s="135"/>
-      <c r="D31" s="153" t="s">
-        <v>243</v>
+      <c r="D31" s="152" t="s">
+        <v>232</v>
       </c>
       <c r="E31" s="91"/>
-      <c r="G31" s="150">
+      <c r="G31" s="149">
         <v>2</v>
       </c>
-      <c r="H31" s="150">
+      <c r="H31" s="149">
         <v>18</v>
       </c>
     </row>
-    <row r="32" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="32" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B32" s="89">
         <v>13</v>
       </c>
       <c r="C32" s="135"/>
-      <c r="D32" s="153" t="s">
-        <v>244</v>
+      <c r="D32" s="152" t="s">
+        <v>233</v>
       </c>
       <c r="E32" s="91"/>
-      <c r="G32" s="150">
+      <c r="G32" s="149">
         <v>2</v>
       </c>
-      <c r="H32" s="150">
+      <c r="H32" s="149">
         <v>19</v>
       </c>
     </row>
-    <row r="33" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="33" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B33" s="89">
         <v>14</v>
       </c>
       <c r="C33" s="135"/>
-      <c r="D33" s="148" t="s">
-        <v>51</v>
+      <c r="D33" s="147" t="s">
+        <v>50</v>
       </c>
       <c r="E33" s="91"/>
-      <c r="G33" s="150">
+      <c r="G33" s="149">
         <v>1</v>
       </c>
-      <c r="H33" s="150">
+      <c r="H33" s="149">
         <v>20</v>
       </c>
     </row>
-    <row r="34" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="34" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B34" s="89">
         <v>15</v>
       </c>
       <c r="C34" s="135"/>
       <c r="D34" s="90" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E34" s="94"/>
       <c r="F34" s="87"/>
-      <c r="G34" s="150">
+      <c r="G34" s="149">
         <v>1</v>
       </c>
-      <c r="H34" s="150">
+      <c r="H34" s="149">
         <v>21</v>
       </c>
       <c r="I34" s="87"/>
       <c r="J34" s="87"/>
       <c r="K34" s="87"/>
       <c r="L34" s="87"/>
       <c r="M34" s="87"/>
       <c r="N34" s="87"/>
       <c r="O34" s="87"/>
       <c r="P34" s="87"/>
       <c r="Q34" s="87"/>
       <c r="R34" s="87"/>
       <c r="S34" s="87"/>
     </row>
-    <row r="35" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="35" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B35" s="89">
         <v>16</v>
       </c>
       <c r="C35" s="135"/>
-      <c r="D35" s="153" t="s">
-        <v>245</v>
+      <c r="D35" s="152" t="s">
+        <v>234</v>
       </c>
       <c r="E35" s="91"/>
-      <c r="G35" s="150">
+      <c r="G35" s="149">
         <v>2</v>
       </c>
-      <c r="H35" s="150">
+      <c r="H35" s="149">
         <v>22</v>
       </c>
     </row>
-    <row r="36" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="36" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="84"/>
       <c r="C36" s="84"/>
       <c r="D36" s="93"/>
       <c r="E36" s="94"/>
       <c r="F36" s="87"/>
-      <c r="G36" s="150">
+      <c r="G36" s="149">
         <v>9</v>
       </c>
-      <c r="H36" s="150">
+      <c r="H36" s="149">
         <v>23</v>
       </c>
       <c r="I36" s="87"/>
       <c r="J36" s="87"/>
       <c r="K36" s="87"/>
       <c r="L36" s="87"/>
       <c r="M36" s="87"/>
       <c r="N36" s="87"/>
       <c r="O36" s="87"/>
       <c r="P36" s="87"/>
       <c r="Q36" s="87"/>
       <c r="R36" s="87"/>
       <c r="S36" s="87"/>
     </row>
-    <row r="37" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="37" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="81"/>
       <c r="C37" s="82"/>
       <c r="D37" s="97" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E37" s="98"/>
-      <c r="G37" s="150">
+      <c r="G37" s="149">
         <v>1</v>
       </c>
-      <c r="H37" s="150">
+      <c r="H37" s="149">
         <v>24</v>
       </c>
     </row>
-    <row r="38" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="38" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B38" s="89">
         <v>17</v>
       </c>
       <c r="C38" s="135"/>
       <c r="D38" s="90" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E38" s="91"/>
-      <c r="G38" s="150">
+      <c r="G38" s="149">
         <v>1</v>
       </c>
-      <c r="H38" s="150">
+      <c r="H38" s="149">
         <v>25</v>
       </c>
     </row>
-    <row r="39" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="39" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B39" s="89">
         <v>18</v>
       </c>
       <c r="C39" s="135"/>
       <c r="D39" s="141" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="E39" s="91"/>
-      <c r="G39" s="150">
+      <c r="G39" s="149">
         <v>1</v>
       </c>
-      <c r="H39" s="150">
+      <c r="H39" s="149">
         <v>26</v>
       </c>
     </row>
-    <row r="40" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="40" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B40" s="89">
         <v>19</v>
       </c>
       <c r="C40" s="135"/>
-      <c r="D40" s="148" t="s">
-        <v>54</v>
+      <c r="D40" s="147" t="s">
+        <v>53</v>
       </c>
       <c r="E40" s="91"/>
-      <c r="G40" s="150">
+      <c r="G40" s="149">
         <v>1</v>
       </c>
-      <c r="H40" s="150">
+      <c r="H40" s="149">
         <v>27</v>
       </c>
     </row>
-    <row r="41" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="41" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B41" s="89">
         <v>20</v>
       </c>
       <c r="C41" s="135"/>
       <c r="D41" s="90" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E41" s="91"/>
-      <c r="G41" s="150">
+      <c r="G41" s="149">
         <v>1</v>
       </c>
-      <c r="H41" s="150">
+      <c r="H41" s="149">
         <v>28</v>
       </c>
     </row>
-    <row r="42" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="42" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B42" s="89">
         <v>21</v>
       </c>
       <c r="C42" s="135"/>
-      <c r="D42" s="153" t="s">
-        <v>246</v>
+      <c r="D42" s="152" t="s">
+        <v>235</v>
       </c>
       <c r="E42" s="91"/>
-      <c r="G42" s="150">
+      <c r="G42" s="149">
         <v>2</v>
       </c>
-      <c r="H42" s="150">
+      <c r="H42" s="149">
         <v>29</v>
       </c>
     </row>
-    <row r="43" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="43" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B43" s="89">
         <v>22</v>
       </c>
       <c r="C43" s="135"/>
-      <c r="D43" s="154" t="s">
-        <v>247</v>
+      <c r="D43" s="153" t="s">
+        <v>236</v>
       </c>
       <c r="E43" s="91"/>
-      <c r="G43" s="150">
+      <c r="G43" s="149">
         <v>2</v>
       </c>
-      <c r="H43" s="150">
+      <c r="H43" s="149">
         <v>30</v>
       </c>
     </row>
-    <row r="44" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="44" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B44" s="89">
         <v>23</v>
       </c>
       <c r="C44" s="135"/>
-      <c r="D44" s="153" t="s">
-        <v>248</v>
+      <c r="D44" s="152" t="s">
+        <v>237</v>
       </c>
       <c r="E44" s="91"/>
-      <c r="G44" s="150">
+      <c r="G44" s="149">
         <v>2</v>
       </c>
-      <c r="H44" s="150">
+      <c r="H44" s="149">
         <v>31</v>
       </c>
     </row>
-    <row r="45" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="45" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B45" s="89">
         <v>24</v>
       </c>
       <c r="C45" s="135"/>
-      <c r="D45" s="153" t="s">
-        <v>249</v>
+      <c r="D45" s="152" t="s">
+        <v>238</v>
       </c>
       <c r="E45" s="91"/>
-      <c r="G45" s="150">
+      <c r="G45" s="149">
         <v>2</v>
       </c>
-      <c r="H45" s="150">
+      <c r="H45" s="149">
         <v>32</v>
       </c>
     </row>
-    <row r="46" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="46" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="84"/>
       <c r="C46" s="84"/>
       <c r="D46" s="93"/>
       <c r="E46" s="94"/>
       <c r="F46" s="87"/>
-      <c r="G46" s="150">
+      <c r="G46" s="149">
         <v>9</v>
       </c>
-      <c r="H46" s="150">
+      <c r="H46" s="149">
         <v>33</v>
       </c>
       <c r="I46" s="87"/>
       <c r="J46" s="87"/>
       <c r="K46" s="87"/>
       <c r="L46" s="87"/>
       <c r="M46" s="87"/>
       <c r="N46" s="87"/>
       <c r="O46" s="87"/>
       <c r="P46" s="87"/>
       <c r="Q46" s="87"/>
       <c r="R46" s="87"/>
       <c r="S46" s="87"/>
     </row>
-    <row r="47" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="47" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="81"/>
       <c r="C47" s="82"/>
       <c r="D47" s="99" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E47" s="91"/>
-      <c r="G47" s="150">
+      <c r="G47" s="149">
         <v>7</v>
       </c>
-      <c r="H47" s="150">
+      <c r="H47" s="149">
         <v>34</v>
       </c>
     </row>
-    <row r="48" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="48" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="84"/>
       <c r="C48" s="84"/>
       <c r="D48" s="93"/>
       <c r="E48" s="94"/>
       <c r="F48" s="87"/>
-      <c r="G48" s="150">
+      <c r="G48" s="149">
         <v>9</v>
       </c>
-      <c r="H48" s="150">
+      <c r="H48" s="149">
         <v>35</v>
       </c>
       <c r="I48" s="87"/>
       <c r="J48" s="87"/>
       <c r="K48" s="87"/>
       <c r="L48" s="87"/>
       <c r="M48" s="87"/>
       <c r="N48" s="87"/>
       <c r="O48" s="87"/>
       <c r="P48" s="87"/>
       <c r="Q48" s="87"/>
       <c r="R48" s="87"/>
       <c r="S48" s="87"/>
     </row>
-    <row r="49" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="49" spans="1:19" x14ac:dyDescent="0.3">
       <c r="B49" s="81"/>
       <c r="C49" s="82"/>
       <c r="D49" s="100" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E49" s="91"/>
-      <c r="G49" s="150">
+      <c r="G49" s="149">
         <v>1</v>
       </c>
-      <c r="H49" s="150">
+      <c r="H49" s="149">
         <v>36</v>
       </c>
     </row>
-    <row r="50" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="50" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B50" s="81"/>
       <c r="C50" s="82"/>
       <c r="D50" s="101" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="E50" s="91"/>
-      <c r="G50" s="150">
+      <c r="G50" s="149">
         <v>1</v>
       </c>
-      <c r="H50" s="150">
+      <c r="H50" s="149">
         <v>37</v>
       </c>
     </row>
-    <row r="51" spans="1:19" s="80" customFormat="1" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="51" spans="1:19" s="80" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A51" s="73"/>
       <c r="B51" s="102">
         <v>25</v>
       </c>
       <c r="C51" s="135"/>
-      <c r="D51" s="90" t="s">
-        <v>3</v>
+      <c r="D51" s="167" t="s">
+        <v>349</v>
       </c>
       <c r="E51" s="91"/>
-      <c r="G51" s="150">
+      <c r="G51" s="149">
         <v>1</v>
       </c>
-      <c r="H51" s="150">
+      <c r="H51" s="149">
         <v>38</v>
       </c>
     </row>
-    <row r="52" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="52" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B52" s="102">
         <v>26</v>
       </c>
       <c r="C52" s="135"/>
-      <c r="D52" s="153" t="s">
-        <v>250</v>
+      <c r="D52" s="152" t="s">
+        <v>239</v>
       </c>
       <c r="E52" s="91"/>
-      <c r="G52" s="150">
+      <c r="G52" s="149">
         <v>2</v>
       </c>
-      <c r="H52" s="150">
+      <c r="H52" s="149">
         <v>39</v>
       </c>
     </row>
-    <row r="53" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="53" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B53" s="102">
         <v>27</v>
       </c>
       <c r="C53" s="135"/>
-      <c r="D53" s="154" t="s">
-        <v>251</v>
+      <c r="D53" s="165" t="s">
+        <v>337</v>
       </c>
       <c r="E53" s="91"/>
-      <c r="G53" s="150">
+      <c r="G53" s="149">
         <v>2</v>
       </c>
-      <c r="H53" s="150">
+      <c r="H53" s="149">
         <v>40</v>
       </c>
     </row>
-    <row r="54" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="54" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B54" s="102">
         <v>28</v>
       </c>
       <c r="C54" s="135"/>
-      <c r="D54" s="153" t="s">
-        <v>252</v>
+      <c r="D54" s="152" t="s">
+        <v>240</v>
       </c>
       <c r="E54" s="91"/>
-      <c r="G54" s="150">
+      <c r="G54" s="149">
         <v>3</v>
       </c>
-      <c r="H54" s="150">
+      <c r="H54" s="149">
         <v>41</v>
       </c>
     </row>
-    <row r="55" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="55" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B55" s="102">
         <v>29</v>
       </c>
       <c r="C55" s="135"/>
-      <c r="D55" s="153" t="s">
-        <v>253</v>
+      <c r="D55" s="152" t="s">
+        <v>241</v>
       </c>
       <c r="E55" s="91"/>
-      <c r="G55" s="150">
+      <c r="G55" s="149">
         <v>3</v>
       </c>
-      <c r="H55" s="150">
+      <c r="H55" s="149">
         <v>42</v>
       </c>
     </row>
-    <row r="56" spans="1:19" ht="57.6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="56" spans="1:19" ht="55.2" x14ac:dyDescent="0.3">
       <c r="B56" s="102">
         <v>30</v>
       </c>
       <c r="C56" s="135"/>
-      <c r="D56" s="154" t="s">
-        <v>254</v>
+      <c r="D56" s="153" t="s">
+        <v>242</v>
       </c>
       <c r="E56" s="91"/>
-      <c r="G56" s="150">
+      <c r="G56" s="149">
         <v>4</v>
       </c>
-      <c r="H56" s="150">
+      <c r="H56" s="149">
         <v>43</v>
       </c>
     </row>
-    <row r="57" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="57" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B57" s="102">
         <v>31</v>
       </c>
       <c r="C57" s="135"/>
-      <c r="D57" s="153" t="s">
-        <v>255</v>
+      <c r="D57" s="152" t="s">
+        <v>243</v>
       </c>
       <c r="E57" s="91"/>
-      <c r="G57" s="150">
+      <c r="G57" s="149">
         <v>2</v>
       </c>
-      <c r="H57" s="150">
+      <c r="H57" s="149">
         <v>44</v>
       </c>
     </row>
-    <row r="58" spans="1:19" ht="57.6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="58" spans="1:19" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="102">
         <v>32</v>
       </c>
       <c r="C58" s="135"/>
-      <c r="D58" s="153" t="s">
-        <v>256</v>
+      <c r="D58" s="164" t="s">
+        <v>338</v>
       </c>
       <c r="E58" s="94"/>
       <c r="F58" s="87"/>
-      <c r="G58" s="150">
+      <c r="G58" s="149">
         <v>4</v>
       </c>
-      <c r="H58" s="150">
+      <c r="H58" s="149">
         <v>45</v>
       </c>
       <c r="I58" s="87"/>
       <c r="J58" s="87"/>
       <c r="K58" s="87"/>
       <c r="L58" s="87"/>
       <c r="M58" s="87"/>
       <c r="N58" s="87"/>
       <c r="O58" s="87"/>
       <c r="P58" s="87"/>
       <c r="Q58" s="87"/>
       <c r="R58" s="87"/>
       <c r="S58" s="87"/>
     </row>
-    <row r="59" spans="1:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="59" spans="1:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="84"/>
       <c r="C59" s="84"/>
       <c r="D59" s="93"/>
       <c r="E59" s="94"/>
       <c r="F59" s="87"/>
-      <c r="G59" s="150">
+      <c r="G59" s="149">
         <v>9</v>
       </c>
-      <c r="H59" s="150">
+      <c r="H59" s="149">
         <v>46</v>
       </c>
       <c r="I59" s="87"/>
       <c r="J59" s="87"/>
       <c r="K59" s="87"/>
       <c r="L59" s="87"/>
       <c r="M59" s="87"/>
       <c r="N59" s="87"/>
       <c r="O59" s="87"/>
       <c r="P59" s="87"/>
       <c r="Q59" s="87"/>
       <c r="R59" s="87"/>
       <c r="S59" s="87"/>
     </row>
-    <row r="60" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="60" spans="1:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="81"/>
       <c r="C60" s="82"/>
       <c r="D60" s="101" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="E60" s="91"/>
-      <c r="G60" s="150">
+      <c r="G60" s="149">
         <v>1</v>
       </c>
-      <c r="H60" s="150">
+      <c r="H60" s="149">
         <v>47</v>
       </c>
     </row>
-    <row r="61" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="61" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B61" s="102">
         <v>33</v>
       </c>
       <c r="C61" s="135"/>
-      <c r="D61" s="153" t="s">
-        <v>257</v>
+      <c r="D61" s="152" t="s">
+        <v>244</v>
       </c>
       <c r="E61" s="91"/>
-      <c r="G61" s="150">
+      <c r="G61" s="149">
         <v>2</v>
       </c>
-      <c r="H61" s="150">
+      <c r="H61" s="149">
         <v>48</v>
       </c>
     </row>
-    <row r="62" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="62" spans="1:19" x14ac:dyDescent="0.3">
       <c r="B62" s="102">
         <v>34</v>
       </c>
       <c r="C62" s="135"/>
       <c r="D62" s="90" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E62" s="91"/>
-      <c r="G62" s="150">
+      <c r="G62" s="149">
         <v>1</v>
       </c>
-      <c r="H62" s="150">
+      <c r="H62" s="149">
         <v>49</v>
       </c>
     </row>
-    <row r="63" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="63" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B63" s="102">
         <v>35</v>
       </c>
       <c r="C63" s="135"/>
-      <c r="D63" s="148" t="s">
-        <v>61</v>
+      <c r="D63" s="147" t="s">
+        <v>60</v>
       </c>
       <c r="E63" s="91"/>
-      <c r="G63" s="150">
+      <c r="G63" s="149">
         <v>2</v>
       </c>
-      <c r="H63" s="150">
+      <c r="H63" s="149">
         <v>50</v>
       </c>
     </row>
-    <row r="64" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="64" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B64" s="102">
         <v>36</v>
       </c>
       <c r="C64" s="135"/>
-      <c r="D64" s="153" t="s">
-        <v>258</v>
+      <c r="D64" s="152" t="s">
+        <v>245</v>
       </c>
       <c r="E64" s="91"/>
-      <c r="G64" s="150">
+      <c r="G64" s="149">
         <v>2</v>
       </c>
-      <c r="H64" s="150">
+      <c r="H64" s="149">
         <v>51</v>
       </c>
     </row>
-    <row r="65" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="65" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B65" s="102">
         <v>37</v>
       </c>
       <c r="C65" s="135"/>
-      <c r="D65" s="153" t="s">
-        <v>259</v>
+      <c r="D65" s="152" t="s">
+        <v>246</v>
       </c>
       <c r="E65" s="91"/>
-      <c r="G65" s="150">
+      <c r="G65" s="149">
         <v>2</v>
       </c>
-      <c r="H65" s="150">
+      <c r="H65" s="149">
         <v>52</v>
       </c>
     </row>
-    <row r="66" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="66" spans="2:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B66" s="102">
         <v>38</v>
       </c>
       <c r="C66" s="135"/>
-      <c r="D66" s="148" t="s">
-        <v>62</v>
+      <c r="D66" s="147" t="s">
+        <v>61</v>
       </c>
       <c r="E66" s="91"/>
-      <c r="G66" s="150">
+      <c r="G66" s="149">
         <v>3</v>
       </c>
-      <c r="H66" s="150">
+      <c r="H66" s="149">
         <v>53</v>
       </c>
     </row>
-    <row r="67" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="67" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B67" s="102">
         <v>39</v>
       </c>
       <c r="C67" s="135"/>
       <c r="D67" s="90" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E67" s="91"/>
-      <c r="G67" s="150">
+      <c r="G67" s="149">
         <v>2</v>
       </c>
-      <c r="H67" s="150">
+      <c r="H67" s="149">
         <v>54</v>
       </c>
     </row>
-    <row r="68" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="68" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B68" s="102">
         <v>40</v>
       </c>
       <c r="C68" s="135"/>
-      <c r="D68" s="153" t="s">
-        <v>260</v>
+      <c r="D68" s="152" t="s">
+        <v>247</v>
       </c>
       <c r="E68" s="91"/>
-      <c r="G68" s="150">
+      <c r="G68" s="149">
         <v>2</v>
       </c>
-      <c r="H68" s="150">
+      <c r="H68" s="149">
         <v>55</v>
       </c>
     </row>
-    <row r="69" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="69" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B69" s="84"/>
       <c r="C69" s="84"/>
       <c r="D69" s="93"/>
       <c r="E69" s="94"/>
       <c r="F69" s="87"/>
-      <c r="G69" s="150">
+      <c r="G69" s="149">
         <v>9</v>
       </c>
-      <c r="H69" s="150">
+      <c r="H69" s="149">
         <v>56</v>
       </c>
       <c r="I69" s="87"/>
       <c r="J69" s="87"/>
       <c r="K69" s="87"/>
       <c r="L69" s="87"/>
       <c r="M69" s="87"/>
       <c r="N69" s="87"/>
       <c r="O69" s="87"/>
       <c r="P69" s="87"/>
       <c r="Q69" s="87"/>
       <c r="R69" s="87"/>
       <c r="S69" s="87"/>
     </row>
-    <row r="70" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="70" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B70" s="81"/>
       <c r="C70" s="82"/>
       <c r="D70" s="100" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E70" s="103"/>
-      <c r="G70" s="150">
+      <c r="G70" s="149">
         <v>1</v>
       </c>
-      <c r="H70" s="150">
+      <c r="H70" s="149">
         <v>57</v>
       </c>
     </row>
-    <row r="71" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="71" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B71" s="81"/>
       <c r="C71" s="82"/>
       <c r="D71" s="101" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="E71" s="103"/>
       <c r="F71" s="87"/>
-      <c r="G71" s="150">
+      <c r="G71" s="149">
         <v>1</v>
       </c>
-      <c r="H71" s="150">
+      <c r="H71" s="149">
         <v>58</v>
       </c>
       <c r="I71" s="87"/>
       <c r="J71" s="87"/>
       <c r="K71" s="87"/>
       <c r="L71" s="87"/>
       <c r="M71" s="87"/>
       <c r="N71" s="87"/>
       <c r="O71" s="87"/>
       <c r="P71" s="87"/>
       <c r="Q71" s="87"/>
       <c r="R71" s="87"/>
       <c r="S71" s="87"/>
     </row>
-    <row r="72" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="72" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B72" s="102">
         <v>41</v>
       </c>
       <c r="C72" s="135"/>
-      <c r="D72" s="155" t="s">
-        <v>261</v>
+      <c r="D72" s="154" t="s">
+        <v>248</v>
       </c>
       <c r="E72" s="91"/>
-      <c r="G72" s="150">
+      <c r="G72" s="149">
         <v>2</v>
       </c>
-      <c r="H72" s="150">
+      <c r="H72" s="149">
         <v>59</v>
       </c>
     </row>
-    <row r="73" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="73" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B73" s="102">
         <v>42</v>
       </c>
       <c r="C73" s="135"/>
       <c r="D73" s="104" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E73" s="91"/>
-      <c r="G73" s="150">
+      <c r="G73" s="149">
         <v>1</v>
       </c>
-      <c r="H73" s="150">
+      <c r="H73" s="149">
         <v>60</v>
       </c>
     </row>
-    <row r="74" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="74" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B74" s="102">
         <v>43</v>
       </c>
       <c r="C74" s="135"/>
-      <c r="D74" s="154" t="s">
-        <v>262</v>
+      <c r="D74" s="153" t="s">
+        <v>249</v>
       </c>
       <c r="E74" s="91"/>
-      <c r="G74" s="150">
+      <c r="G74" s="149">
         <v>2</v>
       </c>
-      <c r="H74" s="150">
+      <c r="H74" s="149">
         <v>61</v>
       </c>
     </row>
-    <row r="75" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="75" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B75" s="102">
         <v>44</v>
       </c>
       <c r="C75" s="135"/>
       <c r="D75" s="90" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E75" s="91"/>
-      <c r="G75" s="150">
+      <c r="G75" s="149">
         <v>1</v>
       </c>
-      <c r="H75" s="150">
+      <c r="H75" s="149">
         <v>62</v>
       </c>
     </row>
-    <row r="76" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="76" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B76" s="102">
         <v>45</v>
       </c>
       <c r="C76" s="135"/>
-      <c r="D76" s="153" t="s">
-        <v>263</v>
+      <c r="D76" s="152" t="s">
+        <v>250</v>
       </c>
       <c r="E76" s="91"/>
-      <c r="G76" s="150">
+      <c r="G76" s="149">
         <v>2</v>
       </c>
-      <c r="H76" s="150">
+      <c r="H76" s="149">
         <v>63</v>
       </c>
     </row>
-    <row r="77" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="77" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B77" s="102">
         <v>46</v>
       </c>
       <c r="C77" s="135"/>
-      <c r="D77" s="154" t="s">
-        <v>264</v>
+      <c r="D77" s="153" t="s">
+        <v>251</v>
       </c>
       <c r="E77" s="91"/>
-      <c r="G77" s="150">
+      <c r="G77" s="149">
         <v>2</v>
       </c>
-      <c r="H77" s="150">
+      <c r="H77" s="149">
         <v>64</v>
       </c>
     </row>
-    <row r="78" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="78" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B78" s="102">
         <v>47</v>
       </c>
       <c r="C78" s="135"/>
-      <c r="D78" s="155" t="s">
-        <v>265</v>
+      <c r="D78" s="154" t="s">
+        <v>252</v>
       </c>
       <c r="E78" s="94"/>
       <c r="F78" s="87"/>
-      <c r="G78" s="150">
+      <c r="G78" s="149">
         <v>2</v>
       </c>
-      <c r="H78" s="150">
+      <c r="H78" s="149">
         <v>65</v>
       </c>
       <c r="I78" s="87"/>
       <c r="J78" s="87"/>
       <c r="K78" s="87"/>
       <c r="L78" s="87"/>
       <c r="M78" s="87"/>
       <c r="N78" s="87"/>
       <c r="O78" s="87"/>
       <c r="P78" s="87"/>
       <c r="Q78" s="87"/>
       <c r="R78" s="87"/>
       <c r="S78" s="87"/>
     </row>
-    <row r="79" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="79" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B79" s="102">
         <v>48</v>
       </c>
       <c r="C79" s="135"/>
-      <c r="D79" s="155" t="s">
-        <v>266</v>
+      <c r="D79" s="154" t="s">
+        <v>253</v>
       </c>
       <c r="E79" s="91"/>
-      <c r="G79" s="150">
+      <c r="G79" s="149">
         <v>2</v>
       </c>
-      <c r="H79" s="150">
+      <c r="H79" s="149">
         <v>66</v>
       </c>
     </row>
-    <row r="80" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="80" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B80" s="84"/>
       <c r="C80" s="84"/>
       <c r="D80" s="93"/>
       <c r="E80" s="94"/>
       <c r="F80" s="87"/>
-      <c r="G80" s="150">
+      <c r="G80" s="149">
         <v>9</v>
       </c>
-      <c r="H80" s="150">
+      <c r="H80" s="149">
         <v>67</v>
       </c>
       <c r="I80" s="87"/>
       <c r="J80" s="87"/>
       <c r="K80" s="87"/>
       <c r="L80" s="87"/>
       <c r="M80" s="87"/>
       <c r="N80" s="87"/>
       <c r="O80" s="87"/>
       <c r="P80" s="87"/>
       <c r="Q80" s="87"/>
       <c r="R80" s="87"/>
       <c r="S80" s="87"/>
     </row>
-    <row r="81" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="81" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B81" s="81"/>
       <c r="C81" s="82"/>
       <c r="D81" s="101" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="E81" s="91"/>
-      <c r="G81" s="150">
+      <c r="G81" s="149">
         <v>1</v>
       </c>
-      <c r="H81" s="150">
+      <c r="H81" s="149">
         <v>68</v>
       </c>
     </row>
-    <row r="82" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="82" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B82" s="102">
         <v>49</v>
       </c>
       <c r="C82" s="135"/>
-      <c r="D82" s="155" t="s">
-        <v>267</v>
+      <c r="D82" s="154" t="s">
+        <v>254</v>
       </c>
       <c r="E82" s="91"/>
-      <c r="G82" s="150">
+      <c r="G82" s="149">
         <v>2</v>
       </c>
-      <c r="H82" s="150">
+      <c r="H82" s="149">
         <v>69</v>
       </c>
     </row>
-    <row r="83" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="83" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B83" s="102">
         <v>50</v>
       </c>
       <c r="C83" s="135"/>
-      <c r="D83" s="149" t="s">
-        <v>67</v>
+      <c r="D83" s="148" t="s">
+        <v>66</v>
       </c>
       <c r="E83" s="91"/>
-      <c r="G83" s="150">
+      <c r="G83" s="149">
         <v>1</v>
       </c>
-      <c r="H83" s="150">
+      <c r="H83" s="149">
         <v>70</v>
       </c>
     </row>
-    <row r="84" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="84" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B84" s="102">
         <v>51</v>
       </c>
       <c r="C84" s="135"/>
-      <c r="D84" s="155" t="s">
-        <v>268</v>
+      <c r="D84" s="154" t="s">
+        <v>255</v>
       </c>
       <c r="E84" s="91"/>
-      <c r="G84" s="150">
+      <c r="G84" s="149">
         <v>2</v>
       </c>
-      <c r="H84" s="150">
+      <c r="H84" s="149">
         <v>71</v>
       </c>
     </row>
-    <row r="85" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="85" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B85" s="102">
         <v>52</v>
       </c>
       <c r="C85" s="135"/>
-      <c r="D85" s="155" t="s">
-        <v>269</v>
+      <c r="D85" s="166" t="s">
+        <v>339</v>
       </c>
       <c r="E85" s="91"/>
-      <c r="G85" s="150">
+      <c r="G85" s="149">
         <v>2</v>
       </c>
-      <c r="H85" s="150">
+      <c r="H85" s="149">
         <v>72</v>
       </c>
     </row>
-    <row r="86" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="86" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B86" s="102">
         <v>53</v>
       </c>
       <c r="C86" s="135"/>
-      <c r="D86" s="149" t="s">
-        <v>68</v>
+      <c r="D86" s="148" t="s">
+        <v>67</v>
       </c>
       <c r="E86" s="94"/>
       <c r="F86" s="87"/>
-      <c r="G86" s="150">
+      <c r="G86" s="149">
         <v>2</v>
       </c>
-      <c r="H86" s="150">
+      <c r="H86" s="149">
         <v>73</v>
       </c>
       <c r="I86" s="87"/>
       <c r="J86" s="87"/>
       <c r="K86" s="87"/>
       <c r="L86" s="87"/>
       <c r="M86" s="87"/>
       <c r="N86" s="87"/>
       <c r="O86" s="87"/>
       <c r="P86" s="87"/>
       <c r="Q86" s="87"/>
       <c r="R86" s="87"/>
       <c r="S86" s="87"/>
     </row>
-    <row r="87" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="87" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B87" s="102">
         <v>54</v>
       </c>
       <c r="C87" s="135"/>
       <c r="D87" s="104" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E87" s="91"/>
-      <c r="G87" s="150">
+      <c r="G87" s="149">
         <v>2</v>
       </c>
-      <c r="H87" s="150">
+      <c r="H87" s="149">
         <v>74</v>
       </c>
     </row>
-    <row r="88" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="88" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B88" s="84"/>
       <c r="C88" s="84"/>
       <c r="D88" s="93"/>
       <c r="E88" s="94"/>
       <c r="F88" s="87"/>
-      <c r="G88" s="150">
+      <c r="G88" s="149">
         <v>9</v>
       </c>
-      <c r="H88" s="150">
+      <c r="H88" s="149">
         <v>75</v>
       </c>
       <c r="I88" s="87"/>
       <c r="J88" s="87"/>
       <c r="K88" s="87"/>
       <c r="L88" s="87"/>
       <c r="M88" s="87"/>
       <c r="N88" s="87"/>
       <c r="O88" s="87"/>
       <c r="P88" s="87"/>
       <c r="Q88" s="87"/>
       <c r="R88" s="87"/>
       <c r="S88" s="87"/>
     </row>
-    <row r="89" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="89" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B89" s="81"/>
       <c r="C89" s="82"/>
       <c r="D89" s="100" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E89" s="91"/>
-      <c r="G89" s="150">
+      <c r="G89" s="149">
         <v>1</v>
       </c>
-      <c r="H89" s="150">
+      <c r="H89" s="149">
         <v>76</v>
       </c>
     </row>
-    <row r="90" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="90" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B90" s="81"/>
       <c r="C90" s="82"/>
       <c r="D90" s="101" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="E90" s="105"/>
-      <c r="G90" s="150">
+      <c r="G90" s="149">
         <v>1</v>
       </c>
-      <c r="H90" s="150">
+      <c r="H90" s="149">
         <v>77</v>
       </c>
     </row>
-    <row r="91" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="91" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B91" s="102">
         <v>55</v>
       </c>
       <c r="C91" s="135"/>
-      <c r="D91" s="155" t="s">
-        <v>270</v>
+      <c r="D91" s="154" t="s">
+        <v>256</v>
       </c>
       <c r="E91" s="91"/>
-      <c r="G91" s="150">
+      <c r="G91" s="149">
         <v>2</v>
       </c>
-      <c r="H91" s="150">
+      <c r="H91" s="149">
         <v>78</v>
       </c>
     </row>
-    <row r="92" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="92" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B92" s="102">
         <v>56</v>
       </c>
       <c r="C92" s="135"/>
-      <c r="D92" s="156" t="s">
-        <v>271</v>
+      <c r="D92" s="155" t="s">
+        <v>257</v>
       </c>
       <c r="E92" s="91"/>
-      <c r="G92" s="150">
+      <c r="G92" s="149">
         <v>2</v>
       </c>
-      <c r="H92" s="150">
+      <c r="H92" s="149">
         <v>79</v>
       </c>
     </row>
-    <row r="93" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="93" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B93" s="102">
         <v>57</v>
       </c>
       <c r="C93" s="135"/>
-      <c r="D93" s="155" t="s">
-        <v>272</v>
+      <c r="D93" s="154" t="s">
+        <v>258</v>
       </c>
       <c r="E93" s="91"/>
-      <c r="G93" s="150">
+      <c r="G93" s="149">
         <v>2</v>
       </c>
-      <c r="H93" s="150">
+      <c r="H93" s="149">
         <v>80</v>
       </c>
     </row>
-    <row r="94" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="94" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B94" s="102">
         <v>58</v>
       </c>
       <c r="C94" s="135"/>
-      <c r="D94" s="155" t="s">
-        <v>273</v>
+      <c r="D94" s="154" t="s">
+        <v>259</v>
       </c>
       <c r="E94" s="94"/>
       <c r="F94" s="87"/>
-      <c r="G94" s="150">
+      <c r="G94" s="149">
         <v>2</v>
       </c>
-      <c r="H94" s="150">
+      <c r="H94" s="149">
         <v>81</v>
       </c>
       <c r="I94" s="87"/>
       <c r="J94" s="87"/>
       <c r="K94" s="87"/>
       <c r="L94" s="87"/>
       <c r="M94" s="87"/>
       <c r="N94" s="87"/>
       <c r="O94" s="87"/>
       <c r="P94" s="87"/>
       <c r="Q94" s="87"/>
       <c r="R94" s="87"/>
       <c r="S94" s="87"/>
     </row>
-    <row r="95" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="95" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B95" s="84"/>
       <c r="C95" s="84"/>
       <c r="D95" s="93"/>
       <c r="E95" s="94"/>
       <c r="F95" s="87"/>
-      <c r="G95" s="150">
+      <c r="G95" s="149">
         <v>9</v>
       </c>
-      <c r="H95" s="150">
+      <c r="H95" s="149">
         <v>82</v>
       </c>
       <c r="I95" s="87"/>
       <c r="J95" s="87"/>
       <c r="K95" s="87"/>
       <c r="L95" s="87"/>
       <c r="M95" s="87"/>
       <c r="N95" s="87"/>
       <c r="O95" s="87"/>
       <c r="P95" s="87"/>
       <c r="Q95" s="87"/>
       <c r="R95" s="87"/>
       <c r="S95" s="87"/>
     </row>
-    <row r="96" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="96" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B96" s="81"/>
       <c r="C96" s="82"/>
       <c r="D96" s="101" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="E96" s="91"/>
-      <c r="G96" s="150">
+      <c r="G96" s="149">
         <v>1</v>
       </c>
-      <c r="H96" s="150">
+      <c r="H96" s="149">
         <v>83</v>
       </c>
     </row>
-    <row r="97" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="97" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B97" s="102">
         <v>59</v>
       </c>
       <c r="C97" s="135"/>
-      <c r="D97" s="155" t="s">
-        <v>274</v>
+      <c r="D97" s="154" t="s">
+        <v>260</v>
       </c>
       <c r="E97" s="91"/>
-      <c r="G97" s="150">
+      <c r="G97" s="149">
         <v>2</v>
       </c>
-      <c r="H97" s="150">
+      <c r="H97" s="149">
         <v>84</v>
       </c>
     </row>
-    <row r="98" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="98" spans="2:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B98" s="102">
         <v>60</v>
       </c>
       <c r="C98" s="135"/>
-      <c r="D98" s="104" t="s">
-        <v>71</v>
+      <c r="D98" s="166" t="s">
+        <v>340</v>
       </c>
       <c r="E98" s="91"/>
-      <c r="G98" s="150">
+      <c r="G98" s="149">
         <v>2</v>
       </c>
-      <c r="H98" s="150">
+      <c r="H98" s="149">
         <v>85</v>
       </c>
     </row>
-    <row r="99" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="99" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B99" s="102">
         <v>61</v>
       </c>
       <c r="C99" s="135"/>
-      <c r="D99" s="149" t="s">
-        <v>72</v>
+      <c r="D99" s="148" t="s">
+        <v>70</v>
       </c>
       <c r="E99" s="91"/>
-      <c r="G99" s="150">
+      <c r="G99" s="149">
         <v>1</v>
       </c>
-      <c r="H99" s="150">
+      <c r="H99" s="149">
         <v>86</v>
       </c>
     </row>
-    <row r="100" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="100" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B100" s="102">
         <v>62</v>
       </c>
       <c r="C100" s="135"/>
       <c r="D100" s="104" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E100" s="91"/>
-      <c r="G100" s="150">
+      <c r="G100" s="149">
         <v>2</v>
       </c>
-      <c r="H100" s="150">
+      <c r="H100" s="149">
         <v>87</v>
       </c>
     </row>
-    <row r="101" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="101" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B101" s="102">
         <v>63</v>
       </c>
       <c r="C101" s="136"/>
       <c r="D101" s="104" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E101" s="91"/>
-      <c r="G101" s="150">
+      <c r="G101" s="149">
         <v>1</v>
       </c>
-      <c r="H101" s="150">
+      <c r="H101" s="149">
         <v>88</v>
       </c>
     </row>
-    <row r="102" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="102" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B102" s="84"/>
       <c r="C102" s="84"/>
       <c r="D102" s="93"/>
       <c r="E102" s="94"/>
       <c r="F102" s="87"/>
-      <c r="G102" s="150">
+      <c r="G102" s="149">
         <v>9</v>
       </c>
-      <c r="H102" s="150">
+      <c r="H102" s="149">
         <v>89</v>
       </c>
       <c r="I102" s="87"/>
       <c r="J102" s="87"/>
       <c r="K102" s="87"/>
       <c r="L102" s="87"/>
       <c r="M102" s="87"/>
       <c r="N102" s="87"/>
       <c r="O102" s="87"/>
       <c r="P102" s="87"/>
       <c r="Q102" s="87"/>
       <c r="R102" s="87"/>
       <c r="S102" s="87"/>
     </row>
-    <row r="103" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="103" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B103" s="106"/>
-      <c r="C103" s="158"/>
+      <c r="C103" s="157"/>
       <c r="D103" s="107" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E103" s="91"/>
-      <c r="G103" s="150">
+      <c r="G103" s="149">
         <v>7</v>
       </c>
-      <c r="H103" s="150">
+      <c r="H103" s="149">
         <v>90</v>
       </c>
     </row>
-    <row r="104" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="104" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B104" s="84"/>
       <c r="C104" s="84"/>
       <c r="D104" s="93"/>
       <c r="E104" s="94"/>
       <c r="F104" s="87"/>
-      <c r="G104" s="150">
+      <c r="G104" s="149">
         <v>9</v>
       </c>
-      <c r="H104" s="150">
+      <c r="H104" s="149">
         <v>91</v>
       </c>
       <c r="I104" s="87"/>
       <c r="J104" s="87"/>
       <c r="K104" s="87"/>
       <c r="L104" s="87"/>
       <c r="M104" s="87"/>
       <c r="N104" s="87"/>
       <c r="O104" s="87"/>
       <c r="P104" s="87"/>
       <c r="Q104" s="87"/>
       <c r="R104" s="87"/>
       <c r="S104" s="87"/>
     </row>
-    <row r="105" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="105" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B105" s="81"/>
       <c r="C105" s="82"/>
       <c r="D105" s="108" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="E105" s="91"/>
-      <c r="G105" s="150">
+      <c r="G105" s="149">
         <v>1</v>
       </c>
-      <c r="H105" s="150">
+      <c r="H105" s="149">
         <v>92</v>
       </c>
     </row>
-    <row r="106" spans="2:19" ht="54" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="106" spans="2:19" ht="54" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B106" s="109">
         <v>64</v>
       </c>
       <c r="C106" s="135"/>
       <c r="D106" s="90" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E106" s="91"/>
-      <c r="G106" s="150">
+      <c r="G106" s="149">
         <v>6</v>
       </c>
-      <c r="H106" s="150">
+      <c r="H106" s="149">
         <v>93</v>
       </c>
     </row>
-    <row r="107" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="107" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B107" s="109">
         <v>65</v>
       </c>
       <c r="C107" s="135"/>
-      <c r="D107" s="154" t="s">
-        <v>275</v>
+      <c r="D107" s="153" t="s">
+        <v>261</v>
       </c>
       <c r="E107" s="91"/>
-      <c r="G107" s="150">
+      <c r="G107" s="149">
         <v>2</v>
       </c>
-      <c r="H107" s="150">
+      <c r="H107" s="149">
         <v>94</v>
       </c>
     </row>
-    <row r="108" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="108" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B108" s="109">
         <v>66</v>
       </c>
       <c r="C108" s="135"/>
-      <c r="D108" s="153" t="s">
-        <v>276</v>
+      <c r="D108" s="152" t="s">
+        <v>262</v>
       </c>
       <c r="E108" s="91"/>
-      <c r="G108" s="150">
+      <c r="G108" s="149">
         <v>2</v>
       </c>
-      <c r="H108" s="150">
+      <c r="H108" s="149">
         <v>95</v>
       </c>
     </row>
-    <row r="109" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="109" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B109" s="109">
         <v>67</v>
       </c>
       <c r="C109" s="135"/>
-      <c r="D109" s="153" t="s">
-        <v>277</v>
+      <c r="D109" s="152" t="s">
+        <v>263</v>
       </c>
       <c r="E109" s="91"/>
-      <c r="G109" s="150">
+      <c r="G109" s="149">
         <v>2</v>
       </c>
-      <c r="H109" s="150">
+      <c r="H109" s="149">
         <v>96</v>
       </c>
     </row>
-    <row r="110" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="110" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B110" s="84"/>
       <c r="C110" s="84"/>
       <c r="D110" s="93"/>
       <c r="E110" s="94"/>
       <c r="F110" s="87"/>
-      <c r="G110" s="150">
+      <c r="G110" s="149">
         <v>9</v>
       </c>
-      <c r="H110" s="150">
+      <c r="H110" s="149">
         <v>97</v>
       </c>
       <c r="I110" s="87"/>
       <c r="J110" s="87"/>
       <c r="K110" s="87"/>
       <c r="L110" s="87"/>
       <c r="M110" s="87"/>
       <c r="N110" s="87"/>
       <c r="O110" s="87"/>
       <c r="P110" s="87"/>
       <c r="Q110" s="87"/>
       <c r="R110" s="87"/>
       <c r="S110" s="87"/>
     </row>
-    <row r="111" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="111" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B111" s="81"/>
       <c r="C111" s="82"/>
       <c r="D111" s="108" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="E111" s="91"/>
-      <c r="G111" s="150">
+      <c r="G111" s="149">
         <v>1</v>
       </c>
-      <c r="H111" s="150">
+      <c r="H111" s="149">
         <v>98</v>
       </c>
     </row>
-    <row r="112" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="112" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B112" s="109">
         <v>68</v>
       </c>
       <c r="C112" s="135"/>
-      <c r="D112" s="153" t="s">
-        <v>278</v>
+      <c r="D112" s="152" t="s">
+        <v>264</v>
       </c>
       <c r="E112" s="91"/>
-      <c r="G112" s="150">
+      <c r="G112" s="149">
         <v>2</v>
       </c>
-      <c r="H112" s="150">
+      <c r="H112" s="149">
         <v>99</v>
       </c>
     </row>
-    <row r="113" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="113" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B113" s="109">
         <v>69</v>
       </c>
       <c r="C113" s="135"/>
-      <c r="D113" s="154" t="s">
-        <v>279</v>
+      <c r="D113" s="153" t="s">
+        <v>265</v>
       </c>
       <c r="E113" s="91"/>
-      <c r="G113" s="150">
+      <c r="G113" s="149">
         <v>2</v>
       </c>
-      <c r="H113" s="150">
+      <c r="H113" s="149">
         <v>100</v>
       </c>
     </row>
-    <row r="114" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="114" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B114" s="109">
         <v>70</v>
       </c>
       <c r="C114" s="135"/>
       <c r="D114" s="90" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E114" s="91"/>
-      <c r="G114" s="150">
+      <c r="G114" s="149">
         <v>2</v>
       </c>
-      <c r="H114" s="150">
+      <c r="H114" s="149">
         <v>101</v>
       </c>
     </row>
-    <row r="115" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="115" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B115" s="109">
         <v>71</v>
       </c>
       <c r="C115" s="135"/>
-      <c r="D115" s="153" t="s">
-        <v>280</v>
+      <c r="D115" s="152" t="s">
+        <v>266</v>
       </c>
       <c r="E115" s="91"/>
-      <c r="G115" s="150">
+      <c r="G115" s="149">
         <v>2</v>
       </c>
-      <c r="H115" s="150">
+      <c r="H115" s="149">
         <v>102</v>
       </c>
     </row>
-    <row r="116" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="116" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B116" s="84"/>
       <c r="C116" s="84"/>
       <c r="D116" s="93"/>
       <c r="E116" s="94"/>
       <c r="F116" s="87"/>
-      <c r="G116" s="150">
+      <c r="G116" s="149">
         <v>9</v>
       </c>
-      <c r="H116" s="150">
+      <c r="H116" s="149">
         <v>103</v>
       </c>
       <c r="I116" s="87"/>
       <c r="J116" s="87"/>
       <c r="K116" s="87"/>
       <c r="L116" s="87"/>
       <c r="M116" s="87"/>
       <c r="N116" s="87"/>
       <c r="O116" s="87"/>
       <c r="P116" s="87"/>
       <c r="Q116" s="87"/>
       <c r="R116" s="87"/>
       <c r="S116" s="87"/>
     </row>
-    <row r="117" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="117" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B117" s="81"/>
       <c r="C117" s="82"/>
       <c r="D117" s="108" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E117" s="91"/>
-      <c r="G117" s="150">
+      <c r="G117" s="149">
         <v>1</v>
       </c>
-      <c r="H117" s="150">
+      <c r="H117" s="149">
         <v>104</v>
       </c>
     </row>
-    <row r="118" spans="2:19" ht="54" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="118" spans="2:19" ht="54" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B118" s="109">
         <v>72</v>
       </c>
       <c r="C118" s="135"/>
       <c r="D118" s="142" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E118" s="91"/>
-      <c r="G118" s="150">
+      <c r="G118" s="149">
         <v>6</v>
       </c>
-      <c r="H118" s="150">
+      <c r="H118" s="149">
         <v>105</v>
       </c>
     </row>
-    <row r="119" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="119" spans="2:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B119" s="109">
         <v>73</v>
       </c>
       <c r="C119" s="135"/>
-      <c r="D119" s="148" t="s">
-        <v>84</v>
+      <c r="D119" s="165" t="s">
+        <v>341</v>
       </c>
       <c r="E119" s="91"/>
-      <c r="G119" s="150">
+      <c r="G119" s="149">
         <v>2</v>
       </c>
-      <c r="H119" s="150">
+      <c r="H119" s="149">
         <v>106</v>
       </c>
     </row>
-    <row r="120" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="120" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B120" s="109">
         <v>74</v>
       </c>
       <c r="C120" s="135"/>
-      <c r="D120" s="153" t="s">
-        <v>281</v>
+      <c r="D120" s="152" t="s">
+        <v>267</v>
       </c>
       <c r="E120" s="91"/>
-      <c r="G120" s="150">
+      <c r="G120" s="149">
         <v>2</v>
       </c>
-      <c r="H120" s="150">
+      <c r="H120" s="149">
         <v>107</v>
       </c>
     </row>
-    <row r="121" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="121" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B121" s="109">
         <v>75</v>
       </c>
       <c r="C121" s="135"/>
       <c r="D121" s="90" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E121" s="91"/>
-      <c r="G121" s="150">
+      <c r="G121" s="149">
         <v>1</v>
       </c>
-      <c r="H121" s="150">
+      <c r="H121" s="149">
         <v>108</v>
       </c>
     </row>
-    <row r="122" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="122" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B122" s="84"/>
       <c r="C122" s="84"/>
       <c r="D122" s="93"/>
       <c r="E122" s="94"/>
       <c r="F122" s="87"/>
-      <c r="G122" s="150">
+      <c r="G122" s="149">
         <v>9</v>
       </c>
-      <c r="H122" s="150">
+      <c r="H122" s="149">
         <v>109</v>
       </c>
       <c r="I122" s="87"/>
       <c r="J122" s="87"/>
       <c r="K122" s="87"/>
       <c r="L122" s="87"/>
       <c r="M122" s="87"/>
       <c r="N122" s="87"/>
       <c r="O122" s="87"/>
       <c r="P122" s="87"/>
       <c r="Q122" s="87"/>
       <c r="R122" s="87"/>
       <c r="S122" s="87"/>
     </row>
-    <row r="123" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="123" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B123" s="81"/>
       <c r="C123" s="82"/>
       <c r="D123" s="110" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E123" s="91"/>
-      <c r="G123" s="150">
+      <c r="G123" s="149">
         <v>7</v>
       </c>
-      <c r="H123" s="150">
+      <c r="H123" s="149">
         <v>110</v>
       </c>
     </row>
-    <row r="124" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="124" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B124" s="84"/>
       <c r="C124" s="84"/>
       <c r="D124" s="93"/>
       <c r="E124" s="94"/>
       <c r="F124" s="87"/>
-      <c r="G124" s="150">
+      <c r="G124" s="149">
         <v>9</v>
       </c>
-      <c r="H124" s="150">
+      <c r="H124" s="149">
         <v>111</v>
       </c>
       <c r="I124" s="87"/>
       <c r="J124" s="87"/>
       <c r="K124" s="87"/>
       <c r="L124" s="87"/>
       <c r="M124" s="87"/>
       <c r="N124" s="87"/>
       <c r="O124" s="87"/>
       <c r="P124" s="87"/>
       <c r="Q124" s="87"/>
       <c r="R124" s="87"/>
       <c r="S124" s="87"/>
     </row>
-    <row r="125" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="125" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B125" s="81"/>
       <c r="C125" s="82"/>
       <c r="D125" s="137" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="E125" s="91"/>
-      <c r="G125" s="150">
+      <c r="G125" s="149">
         <v>2</v>
       </c>
-      <c r="H125" s="150">
+      <c r="H125" s="149">
         <v>112</v>
       </c>
     </row>
-    <row r="126" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="126" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B126" s="111">
         <v>76</v>
       </c>
       <c r="C126" s="135"/>
-      <c r="D126" s="153" t="s">
-        <v>282</v>
+      <c r="D126" s="152" t="s">
+        <v>268</v>
       </c>
       <c r="E126" s="91"/>
-      <c r="G126" s="150">
+      <c r="G126" s="149">
         <v>2</v>
       </c>
-      <c r="H126" s="150">
+      <c r="H126" s="149">
         <v>113</v>
       </c>
     </row>
-    <row r="127" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="127" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B127" s="111">
         <v>77</v>
       </c>
       <c r="C127" s="135"/>
-      <c r="D127" s="153" t="s">
-        <v>283</v>
+      <c r="D127" s="152" t="s">
+        <v>269</v>
       </c>
       <c r="E127" s="91"/>
-      <c r="G127" s="150">
+      <c r="G127" s="149">
         <v>2</v>
       </c>
-      <c r="H127" s="150">
+      <c r="H127" s="149">
         <v>114</v>
       </c>
     </row>
-    <row r="128" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="128" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B128" s="111">
         <v>78</v>
       </c>
       <c r="C128" s="135"/>
-      <c r="D128" s="154" t="s">
-        <v>284</v>
+      <c r="D128" s="153" t="s">
+        <v>270</v>
       </c>
       <c r="E128" s="91"/>
-      <c r="G128" s="150">
+      <c r="G128" s="149">
         <v>2</v>
       </c>
-      <c r="H128" s="150">
+      <c r="H128" s="149">
         <v>115</v>
       </c>
     </row>
-    <row r="129" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="129" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B129" s="111">
         <v>79</v>
       </c>
       <c r="C129" s="135"/>
-      <c r="D129" s="153" t="s">
-        <v>285</v>
+      <c r="D129" s="164" t="s">
+        <v>342</v>
       </c>
       <c r="E129" s="91"/>
-      <c r="G129" s="150">
+      <c r="G129" s="149">
         <v>3</v>
       </c>
-      <c r="H129" s="150">
+      <c r="H129" s="149">
         <v>116</v>
       </c>
     </row>
-    <row r="130" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="130" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B130" s="111">
         <v>80</v>
       </c>
       <c r="C130" s="135"/>
-      <c r="D130" s="153" t="s">
-        <v>286</v>
+      <c r="D130" s="164" t="s">
+        <v>343</v>
       </c>
       <c r="E130" s="91"/>
-      <c r="G130" s="150">
+      <c r="G130" s="149">
         <v>2</v>
       </c>
-      <c r="H130" s="150">
+      <c r="H130" s="149">
         <v>117</v>
       </c>
     </row>
-    <row r="131" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="131" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B131" s="111">
         <v>81</v>
       </c>
       <c r="C131" s="135"/>
-      <c r="D131" s="154" t="s">
-        <v>287</v>
+      <c r="D131" s="153" t="s">
+        <v>271</v>
       </c>
       <c r="E131" s="94"/>
       <c r="F131" s="87"/>
-      <c r="G131" s="150">
+      <c r="G131" s="149">
         <v>3</v>
       </c>
-      <c r="H131" s="150">
+      <c r="H131" s="149">
         <v>118</v>
       </c>
       <c r="I131" s="87"/>
       <c r="J131" s="87"/>
       <c r="K131" s="87"/>
       <c r="L131" s="87"/>
       <c r="M131" s="87"/>
       <c r="N131" s="87"/>
       <c r="O131" s="87"/>
       <c r="P131" s="87"/>
       <c r="Q131" s="87"/>
       <c r="R131" s="87"/>
       <c r="S131" s="87"/>
     </row>
-    <row r="132" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="132" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B132" s="111">
         <v>82</v>
       </c>
       <c r="C132" s="135"/>
-      <c r="D132" s="153" t="s">
-        <v>288</v>
+      <c r="D132" s="152" t="s">
+        <v>272</v>
       </c>
       <c r="E132" s="91"/>
-      <c r="G132" s="150">
+      <c r="G132" s="149">
         <v>2</v>
       </c>
-      <c r="H132" s="150">
+      <c r="H132" s="149">
         <v>119</v>
       </c>
     </row>
-    <row r="133" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="133" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B133" s="111">
         <v>83</v>
       </c>
       <c r="C133" s="135"/>
-      <c r="D133" s="153" t="s">
-        <v>289</v>
+      <c r="D133" s="152" t="s">
+        <v>273</v>
       </c>
       <c r="E133" s="91"/>
-      <c r="G133" s="150">
+      <c r="G133" s="149">
         <v>2</v>
       </c>
-      <c r="H133" s="150">
+      <c r="H133" s="149">
         <v>120</v>
       </c>
     </row>
-    <row r="134" spans="1:19" s="115" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="134" spans="1:19" s="115" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="73"/>
       <c r="B134" s="112"/>
-      <c r="C134" s="159"/>
+      <c r="C134" s="158"/>
       <c r="D134" s="113"/>
       <c r="E134" s="114"/>
-      <c r="G134" s="150">
+      <c r="G134" s="149">
         <v>8</v>
       </c>
-      <c r="H134" s="150">
+      <c r="H134" s="149">
         <v>121</v>
       </c>
     </row>
-    <row r="135" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="135" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B135" s="111">
         <v>84</v>
       </c>
       <c r="C135" s="135"/>
-      <c r="D135" s="153" t="s">
-        <v>290</v>
+      <c r="D135" s="152" t="s">
+        <v>274</v>
       </c>
       <c r="E135" s="91"/>
-      <c r="G135" s="150">
+      <c r="G135" s="149">
         <v>2</v>
       </c>
-      <c r="H135" s="150">
+      <c r="H135" s="149">
         <v>122</v>
       </c>
     </row>
-    <row r="136" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="136" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B136" s="111">
         <v>85</v>
       </c>
       <c r="C136" s="135"/>
-      <c r="D136" s="154" t="s">
-        <v>291</v>
+      <c r="D136" s="153" t="s">
+        <v>275</v>
       </c>
       <c r="E136" s="91"/>
-      <c r="G136" s="150">
+      <c r="G136" s="149">
         <v>2</v>
       </c>
-      <c r="H136" s="150">
+      <c r="H136" s="149">
         <v>123</v>
       </c>
     </row>
-    <row r="137" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="137" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B137" s="111">
         <v>86</v>
       </c>
       <c r="C137" s="135"/>
-      <c r="D137" s="153" t="s">
-        <v>292</v>
+      <c r="D137" s="152" t="s">
+        <v>276</v>
       </c>
       <c r="E137" s="94"/>
       <c r="F137" s="87"/>
-      <c r="G137" s="150">
+      <c r="G137" s="149">
         <v>2</v>
       </c>
-      <c r="H137" s="150">
+      <c r="H137" s="149">
         <v>124</v>
       </c>
       <c r="I137" s="87"/>
       <c r="J137" s="87"/>
       <c r="K137" s="87"/>
       <c r="L137" s="87"/>
       <c r="M137" s="87"/>
       <c r="N137" s="87"/>
       <c r="O137" s="87"/>
       <c r="P137" s="87"/>
       <c r="Q137" s="87"/>
       <c r="R137" s="87"/>
       <c r="S137" s="87"/>
     </row>
-    <row r="138" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="138" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B138" s="111">
         <v>87</v>
       </c>
       <c r="C138" s="135"/>
-      <c r="D138" s="153" t="s">
-        <v>293</v>
+      <c r="D138" s="152" t="s">
+        <v>277</v>
       </c>
       <c r="E138" s="91"/>
-      <c r="G138" s="150">
+      <c r="G138" s="149">
         <v>2</v>
       </c>
-      <c r="H138" s="150">
+      <c r="H138" s="149">
         <v>125</v>
       </c>
     </row>
-    <row r="139" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="139" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B139" s="111">
         <v>88</v>
       </c>
       <c r="C139" s="135"/>
-      <c r="D139" s="148" t="s">
-        <v>88</v>
+      <c r="D139" s="165" t="s">
+        <v>344</v>
       </c>
       <c r="E139" s="91"/>
-      <c r="G139" s="150">
+      <c r="G139" s="149">
         <v>2</v>
       </c>
-      <c r="H139" s="150">
+      <c r="H139" s="149">
         <v>126</v>
       </c>
     </row>
-    <row r="140" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="140" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B140" s="111">
         <v>89</v>
       </c>
       <c r="C140" s="135"/>
       <c r="D140" s="90" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="E140" s="91"/>
-      <c r="G140" s="150">
+      <c r="G140" s="149">
         <v>2</v>
       </c>
-      <c r="H140" s="150">
+      <c r="H140" s="149">
         <v>127</v>
       </c>
     </row>
-    <row r="141" spans="1:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="141" spans="1:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B141" s="84"/>
       <c r="C141" s="84"/>
       <c r="D141" s="93"/>
       <c r="E141" s="94"/>
       <c r="F141" s="87"/>
-      <c r="G141" s="150">
+      <c r="G141" s="149">
         <v>9</v>
       </c>
-      <c r="H141" s="150">
+      <c r="H141" s="149">
         <v>128</v>
       </c>
       <c r="I141" s="87"/>
       <c r="J141" s="87"/>
       <c r="K141" s="87"/>
       <c r="L141" s="87"/>
       <c r="M141" s="87"/>
       <c r="N141" s="87"/>
       <c r="O141" s="87"/>
       <c r="P141" s="87"/>
       <c r="Q141" s="87"/>
       <c r="R141" s="87"/>
       <c r="S141" s="87"/>
     </row>
-    <row r="142" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="142" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B142" s="81"/>
       <c r="C142" s="82"/>
       <c r="D142" s="137" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="E142" s="91"/>
-      <c r="G142" s="150">
+      <c r="G142" s="149">
         <v>2</v>
       </c>
-      <c r="H142" s="150">
+      <c r="H142" s="149">
         <v>129</v>
       </c>
     </row>
-    <row r="143" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="143" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B143" s="111">
         <v>90</v>
       </c>
       <c r="C143" s="135"/>
-      <c r="D143" s="90" t="s">
-        <v>101</v>
+      <c r="D143" s="164" t="s">
+        <v>345</v>
       </c>
       <c r="E143" s="91"/>
-      <c r="G143" s="150">
+      <c r="G143" s="149">
         <v>3</v>
       </c>
-      <c r="H143" s="150">
+      <c r="H143" s="149">
         <v>130</v>
       </c>
     </row>
-    <row r="144" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="144" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B144" s="111">
         <v>91</v>
       </c>
       <c r="C144" s="135"/>
-      <c r="D144" s="153" t="s">
-        <v>294</v>
+      <c r="D144" s="152" t="s">
+        <v>278</v>
       </c>
       <c r="E144" s="91"/>
-      <c r="G144" s="150">
+      <c r="G144" s="149">
         <v>3</v>
       </c>
-      <c r="H144" s="150">
+      <c r="H144" s="149">
         <v>131</v>
       </c>
     </row>
-    <row r="145" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="145" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B145" s="111">
         <v>92</v>
       </c>
       <c r="C145" s="135"/>
-      <c r="D145" s="154" t="s">
-        <v>295</v>
+      <c r="D145" s="153" t="s">
+        <v>279</v>
       </c>
       <c r="E145" s="91"/>
-      <c r="G145" s="150">
+      <c r="G145" s="149">
         <v>3</v>
       </c>
-      <c r="H145" s="150">
+      <c r="H145" s="149">
         <v>132</v>
       </c>
     </row>
-    <row r="146" spans="1:19" ht="72" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="146" spans="1:19" ht="69" x14ac:dyDescent="0.3">
       <c r="B146" s="111">
         <v>93</v>
       </c>
       <c r="C146" s="135"/>
-      <c r="D146" s="153" t="s">
-        <v>296</v>
+      <c r="D146" s="152" t="s">
+        <v>280</v>
       </c>
       <c r="E146" s="94"/>
       <c r="F146" s="87"/>
-      <c r="G146" s="150">
+      <c r="G146" s="149">
         <v>5</v>
       </c>
-      <c r="H146" s="150">
+      <c r="H146" s="149">
         <v>133</v>
       </c>
       <c r="I146" s="87"/>
       <c r="J146" s="87"/>
       <c r="K146" s="87"/>
       <c r="L146" s="87"/>
       <c r="M146" s="87"/>
       <c r="N146" s="87"/>
       <c r="O146" s="87"/>
       <c r="P146" s="87"/>
       <c r="Q146" s="87"/>
       <c r="R146" s="87"/>
       <c r="S146" s="87"/>
     </row>
-    <row r="147" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="147" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B147" s="111">
         <v>94</v>
       </c>
       <c r="C147" s="135"/>
-      <c r="D147" s="154" t="s">
-        <v>297</v>
+      <c r="D147" s="153" t="s">
+        <v>281</v>
       </c>
       <c r="E147" s="91"/>
-      <c r="G147" s="150">
+      <c r="G147" s="149">
         <v>2</v>
       </c>
-      <c r="H147" s="150">
+      <c r="H147" s="149">
         <v>134</v>
       </c>
     </row>
-    <row r="148" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="148" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B148" s="111">
         <v>95</v>
       </c>
       <c r="C148" s="135"/>
-      <c r="D148" s="153" t="s">
-        <v>298</v>
+      <c r="D148" s="152" t="s">
+        <v>282</v>
       </c>
       <c r="E148" s="91"/>
-      <c r="G148" s="150">
+      <c r="G148" s="149">
         <v>3</v>
       </c>
-      <c r="H148" s="150">
+      <c r="H148" s="149">
         <v>135</v>
       </c>
     </row>
-    <row r="149" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="149" spans="1:19" ht="55.2" x14ac:dyDescent="0.3">
       <c r="B149" s="111">
         <v>96</v>
       </c>
       <c r="C149" s="135"/>
-      <c r="D149" s="153" t="s">
-        <v>299</v>
+      <c r="D149" s="164" t="s">
+        <v>346</v>
       </c>
       <c r="E149" s="91"/>
-      <c r="G149" s="150">
+      <c r="G149" s="149">
         <v>3</v>
       </c>
-      <c r="H149" s="150">
+      <c r="H149" s="149">
         <v>136</v>
       </c>
     </row>
-    <row r="150" spans="1:19" ht="6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="150" spans="1:19" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B150" s="92"/>
-      <c r="C150" s="160"/>
+      <c r="C150" s="159"/>
       <c r="D150" s="116"/>
       <c r="E150" s="91"/>
-      <c r="G150" s="150">
+      <c r="G150" s="149">
         <v>8</v>
       </c>
-      <c r="H150" s="150">
+      <c r="H150" s="149">
         <v>137</v>
       </c>
     </row>
-    <row r="151" spans="1:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="151" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B151" s="111">
         <v>97</v>
       </c>
       <c r="C151" s="135"/>
-      <c r="D151" s="90" t="s">
-        <v>90</v>
+      <c r="D151" s="164" t="s">
+        <v>333</v>
       </c>
       <c r="E151" s="91"/>
-      <c r="G151" s="150">
+      <c r="G151" s="149">
         <v>1</v>
       </c>
-      <c r="H151" s="150">
+      <c r="H151" s="149">
         <v>138</v>
       </c>
     </row>
-    <row r="152" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="152" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B152" s="111">
         <v>98</v>
       </c>
       <c r="C152" s="135"/>
-      <c r="D152" s="153" t="s">
-        <v>300</v>
+      <c r="D152" s="152" t="s">
+        <v>283</v>
       </c>
       <c r="E152" s="94"/>
       <c r="F152" s="87"/>
-      <c r="G152" s="150">
+      <c r="G152" s="149">
         <v>2</v>
       </c>
-      <c r="H152" s="150">
+      <c r="H152" s="149">
         <v>139</v>
       </c>
       <c r="I152" s="87"/>
       <c r="J152" s="87"/>
       <c r="K152" s="87"/>
       <c r="L152" s="87"/>
       <c r="M152" s="87"/>
       <c r="N152" s="87"/>
       <c r="O152" s="87"/>
       <c r="P152" s="87"/>
       <c r="Q152" s="87"/>
       <c r="R152" s="87"/>
       <c r="S152" s="87"/>
     </row>
-    <row r="153" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="153" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B153" s="111">
         <v>99</v>
       </c>
       <c r="C153" s="135"/>
-      <c r="D153" s="154" t="s">
-        <v>301</v>
+      <c r="D153" s="153" t="s">
+        <v>284</v>
       </c>
       <c r="E153" s="91"/>
-      <c r="G153" s="150">
+      <c r="G153" s="149">
         <v>2</v>
       </c>
-      <c r="H153" s="150">
+      <c r="H153" s="149">
         <v>140</v>
       </c>
     </row>
-    <row r="154" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="154" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B154" s="111">
         <v>100</v>
       </c>
       <c r="C154" s="135"/>
-      <c r="D154" s="153" t="s">
-        <v>302</v>
+      <c r="D154" s="152" t="s">
+        <v>285</v>
       </c>
       <c r="E154" s="91"/>
-      <c r="G154" s="150">
+      <c r="G154" s="149">
         <v>2</v>
       </c>
-      <c r="H154" s="150">
+      <c r="H154" s="149">
         <v>141</v>
       </c>
     </row>
-    <row r="155" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="155" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B155" s="111">
         <v>101</v>
       </c>
       <c r="C155" s="135"/>
-      <c r="D155" s="153" t="s">
-        <v>303</v>
+      <c r="D155" s="152" t="s">
+        <v>286</v>
       </c>
       <c r="E155" s="91"/>
-      <c r="G155" s="150">
+      <c r="G155" s="149">
         <v>2</v>
       </c>
-      <c r="H155" s="150">
+      <c r="H155" s="149">
         <v>142</v>
       </c>
     </row>
-    <row r="156" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="156" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B156" s="111">
         <v>102</v>
       </c>
       <c r="C156" s="135"/>
-      <c r="D156" s="154" t="s">
-        <v>304</v>
+      <c r="D156" s="153" t="s">
+        <v>287</v>
       </c>
       <c r="E156" s="91"/>
-      <c r="G156" s="150">
+      <c r="G156" s="149">
         <v>3</v>
       </c>
-      <c r="H156" s="150">
+      <c r="H156" s="149">
         <v>143</v>
       </c>
     </row>
-    <row r="157" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="157" spans="1:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B157" s="111">
         <v>103</v>
       </c>
       <c r="C157" s="135"/>
       <c r="D157" s="90" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E157" s="94"/>
       <c r="F157" s="87"/>
-      <c r="G157" s="150">
+      <c r="G157" s="149">
         <v>2</v>
       </c>
-      <c r="H157" s="150">
+      <c r="H157" s="149">
         <v>144</v>
       </c>
       <c r="I157" s="87"/>
       <c r="J157" s="87"/>
       <c r="K157" s="87"/>
       <c r="L157" s="87"/>
       <c r="M157" s="87"/>
       <c r="N157" s="87"/>
       <c r="O157" s="87"/>
       <c r="P157" s="87"/>
       <c r="Q157" s="87"/>
       <c r="R157" s="87"/>
       <c r="S157" s="87"/>
     </row>
-    <row r="158" spans="1:19" s="119" customFormat="1" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="158" spans="1:19" s="119" customFormat="1" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A158" s="73"/>
       <c r="B158" s="84"/>
-      <c r="C158" s="161"/>
+      <c r="C158" s="160"/>
       <c r="D158" s="117"/>
       <c r="E158" s="118"/>
-      <c r="G158" s="150">
+      <c r="G158" s="149">
         <v>9</v>
       </c>
-      <c r="H158" s="150">
+      <c r="H158" s="149">
         <v>145</v>
       </c>
     </row>
-    <row r="159" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="159" spans="1:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B159" s="81"/>
       <c r="C159" s="82"/>
       <c r="D159" s="137" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="E159" s="91"/>
-      <c r="G159" s="150">
+      <c r="G159" s="149">
         <v>1</v>
       </c>
-      <c r="H159" s="150">
+      <c r="H159" s="149">
         <v>146</v>
       </c>
     </row>
-    <row r="160" spans="1:19" ht="57.6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="160" spans="1:19" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B160" s="111">
         <v>104</v>
       </c>
       <c r="C160" s="135"/>
-      <c r="D160" s="153" t="s">
-        <v>305</v>
+      <c r="D160" s="152" t="s">
+        <v>288</v>
       </c>
       <c r="E160" s="91"/>
-      <c r="G160" s="150">
+      <c r="G160" s="149">
         <v>4</v>
       </c>
-      <c r="H160" s="150">
+      <c r="H160" s="149">
         <v>147</v>
       </c>
     </row>
-    <row r="161" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="161" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B161" s="111">
         <v>105</v>
       </c>
       <c r="C161" s="135"/>
-      <c r="D161" s="154" t="s">
-        <v>306</v>
+      <c r="D161" s="153" t="s">
+        <v>289</v>
       </c>
       <c r="E161" s="91"/>
-      <c r="G161" s="150">
+      <c r="G161" s="149">
         <v>2</v>
       </c>
-      <c r="H161" s="150">
+      <c r="H161" s="149">
         <v>148</v>
       </c>
     </row>
-    <row r="162" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="162" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B162" s="111">
         <v>106</v>
       </c>
       <c r="C162" s="135"/>
       <c r="D162" s="90" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E162" s="91"/>
-      <c r="G162" s="150">
+      <c r="G162" s="149">
         <v>2</v>
       </c>
-      <c r="H162" s="150">
+      <c r="H162" s="149">
         <v>149</v>
       </c>
     </row>
-    <row r="163" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="163" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B163" s="111">
         <v>107</v>
       </c>
       <c r="C163" s="135"/>
       <c r="D163" s="90" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E163" s="91"/>
-      <c r="G163" s="150">
+      <c r="G163" s="149">
         <v>2</v>
       </c>
-      <c r="H163" s="150">
+      <c r="H163" s="149">
         <v>150</v>
       </c>
     </row>
-    <row r="164" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="164" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B164" s="111">
         <v>108</v>
       </c>
       <c r="C164" s="135"/>
-      <c r="D164" s="148" t="s">
-        <v>94</v>
+      <c r="D164" s="147" t="s">
+        <v>89</v>
       </c>
       <c r="E164" s="91"/>
-      <c r="G164" s="150">
+      <c r="G164" s="149">
         <v>2</v>
       </c>
-      <c r="H164" s="150">
+      <c r="H164" s="149">
         <v>151</v>
       </c>
     </row>
-    <row r="165" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="165" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B165" s="111">
         <v>109</v>
       </c>
       <c r="C165" s="135"/>
       <c r="D165" s="90" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="E165" s="91"/>
-      <c r="G165" s="150">
+      <c r="G165" s="149">
         <v>2</v>
       </c>
-      <c r="H165" s="150">
+      <c r="H165" s="149">
         <v>152</v>
       </c>
     </row>
-    <row r="166" spans="1:19" s="119" customFormat="1" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="166" spans="1:19" s="119" customFormat="1" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="73"/>
       <c r="B166" s="84"/>
-      <c r="C166" s="161"/>
+      <c r="C166" s="160"/>
       <c r="D166" s="117"/>
       <c r="E166" s="118"/>
-      <c r="G166" s="150">
+      <c r="G166" s="149">
         <v>9</v>
       </c>
-      <c r="H166" s="150">
+      <c r="H166" s="149">
         <v>153</v>
       </c>
     </row>
-    <row r="167" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="167" spans="1:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B167" s="81"/>
       <c r="C167" s="82"/>
       <c r="D167" s="137" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E167" s="91"/>
-      <c r="G167" s="150">
+      <c r="G167" s="149">
         <v>1</v>
       </c>
-      <c r="H167" s="150">
+      <c r="H167" s="149">
         <v>154</v>
       </c>
     </row>
-    <row r="168" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="168" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B168" s="120">
         <v>110</v>
       </c>
       <c r="C168" s="135"/>
-      <c r="D168" s="153" t="s">
-        <v>307</v>
+      <c r="D168" s="152" t="s">
+        <v>290</v>
       </c>
       <c r="E168" s="91"/>
-      <c r="G168" s="150">
+      <c r="G168" s="149">
         <v>3</v>
       </c>
-      <c r="H168" s="150">
+      <c r="H168" s="149">
         <v>155</v>
       </c>
     </row>
-    <row r="169" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="169" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B169" s="120">
         <v>111</v>
       </c>
       <c r="C169" s="135"/>
-      <c r="D169" s="154" t="s">
-        <v>308</v>
+      <c r="D169" s="153" t="s">
+        <v>291</v>
       </c>
       <c r="E169" s="91"/>
-      <c r="G169" s="150">
+      <c r="G169" s="149">
         <v>3</v>
       </c>
-      <c r="H169" s="150">
+      <c r="H169" s="149">
         <v>156</v>
       </c>
     </row>
-    <row r="170" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="170" spans="1:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B170" s="120">
         <v>112</v>
       </c>
       <c r="C170" s="135"/>
-      <c r="D170" s="90" t="s">
-        <v>96</v>
+      <c r="D170" s="164" t="s">
+        <v>347</v>
       </c>
       <c r="E170" s="91"/>
-      <c r="G170" s="150">
+      <c r="G170" s="149">
         <v>2</v>
       </c>
-      <c r="H170" s="150">
+      <c r="H170" s="149">
         <v>157</v>
       </c>
     </row>
-    <row r="171" spans="1:19" s="119" customFormat="1" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="171" spans="1:19" s="119" customFormat="1" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A171" s="73"/>
       <c r="B171" s="84"/>
-      <c r="C171" s="161"/>
+      <c r="C171" s="160"/>
       <c r="D171" s="117"/>
       <c r="E171" s="118"/>
-      <c r="G171" s="150">
+      <c r="G171" s="149">
         <v>9</v>
       </c>
-      <c r="H171" s="150">
+      <c r="H171" s="149">
         <v>158</v>
       </c>
     </row>
-    <row r="172" spans="1:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="172" spans="1:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B172" s="81"/>
       <c r="C172" s="82"/>
       <c r="D172" s="137" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="E172" s="91"/>
-      <c r="G172" s="150">
+      <c r="G172" s="149">
         <v>1</v>
       </c>
-      <c r="H172" s="150">
+      <c r="H172" s="149">
         <v>159</v>
       </c>
     </row>
-    <row r="173" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="173" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B173" s="120">
         <v>113</v>
       </c>
       <c r="C173" s="135"/>
-      <c r="D173" s="153" t="s">
-        <v>309</v>
+      <c r="D173" s="152" t="s">
+        <v>292</v>
       </c>
       <c r="E173" s="91"/>
-      <c r="G173" s="150">
+      <c r="G173" s="149">
         <v>2</v>
       </c>
-      <c r="H173" s="150">
+      <c r="H173" s="149">
         <v>160</v>
       </c>
     </row>
-    <row r="174" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="174" spans="1:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B174" s="120">
         <v>114</v>
       </c>
       <c r="C174" s="135"/>
-      <c r="D174" s="154" t="s">
-        <v>310</v>
+      <c r="D174" s="153" t="s">
+        <v>293</v>
       </c>
       <c r="E174" s="91"/>
-      <c r="G174" s="150">
+      <c r="G174" s="149">
         <v>2</v>
       </c>
-      <c r="H174" s="150">
+      <c r="H174" s="149">
         <v>161</v>
       </c>
     </row>
-    <row r="175" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="175" spans="1:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B175" s="120">
         <v>115</v>
       </c>
       <c r="C175" s="135"/>
       <c r="D175" s="90" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="E175" s="91"/>
-      <c r="G175" s="150">
+      <c r="G175" s="149">
         <v>3</v>
       </c>
-      <c r="H175" s="150">
+      <c r="H175" s="149">
         <v>162</v>
       </c>
     </row>
-    <row r="176" spans="1:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="176" spans="1:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B176" s="84"/>
       <c r="C176" s="84"/>
       <c r="D176" s="93"/>
       <c r="E176" s="94"/>
       <c r="F176" s="87"/>
-      <c r="G176" s="150">
+      <c r="G176" s="149">
         <v>9</v>
       </c>
-      <c r="H176" s="150">
+      <c r="H176" s="149">
         <v>163</v>
       </c>
       <c r="I176" s="87"/>
       <c r="J176" s="87"/>
       <c r="K176" s="87"/>
       <c r="L176" s="87"/>
       <c r="M176" s="87"/>
       <c r="N176" s="87"/>
       <c r="O176" s="87"/>
       <c r="P176" s="87"/>
       <c r="Q176" s="87"/>
       <c r="R176" s="87"/>
       <c r="S176" s="87"/>
     </row>
-    <row r="177" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="177" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B177" s="81"/>
       <c r="C177" s="82"/>
       <c r="D177" s="121" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="E177" s="91"/>
-      <c r="G177" s="150">
+      <c r="G177" s="149">
         <v>7</v>
       </c>
-      <c r="H177" s="150">
+      <c r="H177" s="149">
         <v>164</v>
       </c>
     </row>
-    <row r="178" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="178" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B178" s="84"/>
       <c r="C178" s="84"/>
       <c r="D178" s="93"/>
       <c r="E178" s="94"/>
       <c r="F178" s="87"/>
-      <c r="G178" s="150">
+      <c r="G178" s="149">
         <v>9</v>
       </c>
-      <c r="H178" s="150">
+      <c r="H178" s="149">
         <v>165</v>
       </c>
       <c r="I178" s="87"/>
       <c r="J178" s="87"/>
       <c r="K178" s="87"/>
       <c r="L178" s="87"/>
       <c r="M178" s="87"/>
       <c r="N178" s="87"/>
       <c r="O178" s="87"/>
       <c r="P178" s="87"/>
       <c r="Q178" s="87"/>
       <c r="R178" s="87"/>
       <c r="S178" s="87"/>
     </row>
-    <row r="179" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="179" spans="2:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B179" s="81"/>
       <c r="C179" s="82"/>
       <c r="D179" s="138" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="E179" s="91"/>
-      <c r="G179" s="150">
+      <c r="G179" s="149">
         <v>1</v>
       </c>
-      <c r="H179" s="150">
+      <c r="H179" s="149">
         <v>166</v>
       </c>
     </row>
-    <row r="180" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="180" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B180" s="122">
         <v>116</v>
       </c>
       <c r="C180" s="135"/>
       <c r="D180" s="90" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="E180" s="91"/>
-      <c r="G180" s="150">
+      <c r="G180" s="149">
         <v>2</v>
       </c>
-      <c r="H180" s="150">
+      <c r="H180" s="149">
         <v>167</v>
       </c>
     </row>
-    <row r="181" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="181" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B181" s="122">
         <v>117</v>
       </c>
       <c r="C181" s="135"/>
-      <c r="D181" s="153" t="s">
-        <v>311</v>
+      <c r="D181" s="152" t="s">
+        <v>294</v>
       </c>
       <c r="E181" s="91"/>
-      <c r="G181" s="150">
+      <c r="G181" s="149">
         <v>2</v>
       </c>
-      <c r="H181" s="150">
+      <c r="H181" s="149">
         <v>168</v>
       </c>
     </row>
-    <row r="182" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="182" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B182" s="122">
         <v>118</v>
       </c>
       <c r="C182" s="135"/>
-      <c r="D182" s="148" t="s">
-        <v>107</v>
+      <c r="D182" s="147" t="s">
+        <v>100</v>
       </c>
       <c r="E182" s="91"/>
-      <c r="G182" s="150">
+      <c r="G182" s="149">
         <v>2</v>
       </c>
-      <c r="H182" s="150">
+      <c r="H182" s="149">
         <v>169</v>
       </c>
     </row>
-    <row r="183" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="183" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B183" s="122">
         <v>119</v>
       </c>
       <c r="C183" s="135"/>
       <c r="D183" s="90" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="E183" s="91"/>
-      <c r="G183" s="150">
+      <c r="G183" s="149">
         <v>3</v>
       </c>
-      <c r="H183" s="150">
+      <c r="H183" s="149">
         <v>170</v>
       </c>
     </row>
-    <row r="184" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="184" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B184" s="122">
         <v>120</v>
       </c>
       <c r="C184" s="135"/>
       <c r="D184" s="90" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="E184" s="91"/>
-      <c r="G184" s="150">
+      <c r="G184" s="149">
         <v>2</v>
       </c>
-      <c r="H184" s="150">
+      <c r="H184" s="149">
         <v>171</v>
       </c>
     </row>
-    <row r="185" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="185" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B185" s="122">
         <v>121</v>
       </c>
       <c r="C185" s="135"/>
-      <c r="D185" s="148" t="s">
-        <v>110</v>
+      <c r="D185" s="147" t="s">
+        <v>103</v>
       </c>
       <c r="E185" s="91"/>
-      <c r="G185" s="150">
+      <c r="G185" s="149">
         <v>2</v>
       </c>
-      <c r="H185" s="150">
+      <c r="H185" s="149">
         <v>172</v>
       </c>
     </row>
-    <row r="186" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="186" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B186" s="122">
         <v>122</v>
       </c>
       <c r="C186" s="135"/>
-      <c r="D186" s="153" t="s">
-        <v>312</v>
+      <c r="D186" s="152" t="s">
+        <v>295</v>
       </c>
       <c r="E186" s="91"/>
-      <c r="G186" s="150">
+      <c r="G186" s="149">
         <v>3</v>
       </c>
-      <c r="H186" s="150">
+      <c r="H186" s="149">
         <v>173</v>
       </c>
     </row>
-    <row r="187" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="187" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B187" s="84"/>
       <c r="C187" s="84"/>
       <c r="D187" s="93"/>
       <c r="E187" s="94"/>
       <c r="F187" s="87"/>
-      <c r="G187" s="150">
+      <c r="G187" s="149">
         <v>9</v>
       </c>
-      <c r="H187" s="150">
+      <c r="H187" s="149">
         <v>174</v>
       </c>
       <c r="I187" s="87"/>
       <c r="J187" s="87"/>
       <c r="K187" s="87"/>
       <c r="L187" s="87"/>
       <c r="M187" s="87"/>
       <c r="N187" s="87"/>
       <c r="O187" s="87"/>
       <c r="P187" s="87"/>
       <c r="Q187" s="87"/>
       <c r="R187" s="87"/>
       <c r="S187" s="87"/>
     </row>
-    <row r="188" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="188" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B188" s="81"/>
       <c r="C188" s="82"/>
       <c r="D188" s="138" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="E188" s="91"/>
-      <c r="G188" s="150">
+      <c r="G188" s="149">
         <v>1</v>
       </c>
-      <c r="H188" s="150">
+      <c r="H188" s="149">
         <v>175</v>
       </c>
     </row>
-    <row r="189" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="189" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B189" s="122">
         <v>123</v>
       </c>
       <c r="C189" s="135"/>
-      <c r="D189" s="153" t="s">
-        <v>313</v>
+      <c r="D189" s="152" t="s">
+        <v>296</v>
       </c>
       <c r="E189" s="91"/>
-      <c r="G189" s="150">
+      <c r="G189" s="149">
         <v>2</v>
       </c>
-      <c r="H189" s="150">
+      <c r="H189" s="149">
         <v>176</v>
       </c>
     </row>
-    <row r="190" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="190" spans="2:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B190" s="122">
         <v>124</v>
       </c>
       <c r="C190" s="135"/>
-      <c r="D190" s="90" t="s">
-        <v>111</v>
+      <c r="D190" s="164" t="s">
+        <v>335</v>
       </c>
       <c r="E190" s="91"/>
-      <c r="G190" s="150">
+      <c r="G190" s="149">
         <v>2</v>
       </c>
-      <c r="H190" s="150">
+      <c r="H190" s="149">
         <v>177</v>
       </c>
     </row>
-    <row r="191" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="191" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B191" s="122">
         <v>125</v>
       </c>
       <c r="C191" s="135"/>
-      <c r="D191" s="148" t="s">
-        <v>112</v>
+      <c r="D191" s="147" t="s">
+        <v>104</v>
       </c>
       <c r="E191" s="91"/>
-      <c r="G191" s="150">
+      <c r="G191" s="149">
         <v>2</v>
       </c>
-      <c r="H191" s="150">
+      <c r="H191" s="149">
         <v>178</v>
       </c>
     </row>
-    <row r="192" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="192" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B192" s="122">
         <v>126</v>
       </c>
       <c r="C192" s="135"/>
-      <c r="D192" s="153" t="s">
-        <v>314</v>
+      <c r="D192" s="152" t="s">
+        <v>297</v>
       </c>
       <c r="E192" s="91"/>
-      <c r="G192" s="150">
+      <c r="G192" s="149">
         <v>2</v>
       </c>
-      <c r="H192" s="150">
+      <c r="H192" s="149">
         <v>179</v>
       </c>
     </row>
-    <row r="193" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="193" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B193" s="122">
         <v>127</v>
       </c>
       <c r="C193" s="135"/>
       <c r="D193" s="90" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="E193" s="91"/>
-      <c r="G193" s="150">
+      <c r="G193" s="149">
         <v>2</v>
       </c>
-      <c r="H193" s="150">
+      <c r="H193" s="149">
         <v>180</v>
       </c>
     </row>
-    <row r="194" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="194" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B194" s="122">
         <v>128</v>
       </c>
       <c r="C194" s="135"/>
-      <c r="D194" s="148" t="s">
-        <v>114</v>
+      <c r="D194" s="147" t="s">
+        <v>106</v>
       </c>
       <c r="E194" s="91"/>
-      <c r="G194" s="150">
+      <c r="G194" s="149">
         <v>2</v>
       </c>
-      <c r="H194" s="150">
+      <c r="H194" s="149">
         <v>181</v>
       </c>
     </row>
-    <row r="195" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="195" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B195" s="122">
         <v>129</v>
       </c>
       <c r="C195" s="135"/>
       <c r="D195" s="90" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="E195" s="91"/>
-      <c r="G195" s="150">
+      <c r="G195" s="149">
         <v>2</v>
       </c>
-      <c r="H195" s="150">
+      <c r="H195" s="149">
         <v>182</v>
       </c>
     </row>
-    <row r="196" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="196" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B196" s="84"/>
       <c r="C196" s="84"/>
       <c r="D196" s="93"/>
       <c r="E196" s="94"/>
       <c r="F196" s="87"/>
-      <c r="G196" s="150">
+      <c r="G196" s="149">
         <v>9</v>
       </c>
-      <c r="H196" s="150">
+      <c r="H196" s="149">
         <v>183</v>
       </c>
       <c r="I196" s="87"/>
       <c r="J196" s="87"/>
       <c r="K196" s="87"/>
       <c r="L196" s="87"/>
       <c r="M196" s="87"/>
       <c r="N196" s="87"/>
       <c r="O196" s="87"/>
       <c r="P196" s="87"/>
       <c r="Q196" s="87"/>
       <c r="R196" s="87"/>
       <c r="S196" s="87"/>
     </row>
-    <row r="197" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="197" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B197" s="81"/>
       <c r="C197" s="82"/>
       <c r="D197" s="138" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="E197" s="91"/>
-      <c r="G197" s="150">
+      <c r="G197" s="149">
         <v>1</v>
       </c>
-      <c r="H197" s="150">
+      <c r="H197" s="149">
         <v>184</v>
       </c>
     </row>
-    <row r="198" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="198" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B198" s="122">
         <v>130</v>
       </c>
       <c r="C198" s="135"/>
       <c r="D198" s="90" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="E198" s="91"/>
-      <c r="G198" s="150">
+      <c r="G198" s="149">
         <v>2</v>
       </c>
-      <c r="H198" s="150">
+      <c r="H198" s="149">
         <v>185</v>
       </c>
     </row>
-    <row r="199" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="199" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B199" s="122">
         <v>131</v>
       </c>
       <c r="C199" s="135"/>
       <c r="D199" s="90" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="E199" s="91"/>
-      <c r="G199" s="150">
+      <c r="G199" s="149">
         <v>2</v>
       </c>
-      <c r="H199" s="150">
+      <c r="H199" s="149">
         <v>186</v>
       </c>
     </row>
-    <row r="200" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="200" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B200" s="122">
         <v>132</v>
       </c>
       <c r="C200" s="135"/>
-      <c r="D200" s="148" t="s">
-        <v>118</v>
+      <c r="D200" s="147" t="s">
+        <v>110</v>
       </c>
       <c r="E200" s="91"/>
-      <c r="G200" s="150">
+      <c r="G200" s="149">
         <v>2</v>
       </c>
-      <c r="H200" s="150">
+      <c r="H200" s="149">
         <v>187</v>
       </c>
     </row>
-    <row r="201" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="201" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B201" s="122">
         <v>133</v>
       </c>
       <c r="C201" s="135"/>
       <c r="D201" s="90" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="E201" s="91"/>
-      <c r="G201" s="150">
+      <c r="G201" s="149">
         <v>3</v>
       </c>
-      <c r="H201" s="150">
+      <c r="H201" s="149">
         <v>188</v>
       </c>
     </row>
-    <row r="202" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="202" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B202" s="122">
         <v>134</v>
       </c>
       <c r="C202" s="135"/>
-      <c r="D202" s="153" t="s">
-        <v>315</v>
+      <c r="D202" s="152" t="s">
+        <v>298</v>
       </c>
       <c r="E202" s="91"/>
-      <c r="G202" s="150">
+      <c r="G202" s="149">
         <v>3</v>
       </c>
-      <c r="H202" s="150">
+      <c r="H202" s="149">
         <v>189</v>
       </c>
     </row>
-    <row r="203" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="203" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B203" s="84"/>
       <c r="C203" s="84"/>
       <c r="D203" s="93"/>
       <c r="E203" s="94"/>
       <c r="F203" s="87"/>
-      <c r="G203" s="150">
+      <c r="G203" s="149">
         <v>9</v>
       </c>
-      <c r="H203" s="150">
+      <c r="H203" s="149">
         <v>190</v>
       </c>
       <c r="I203" s="87"/>
       <c r="J203" s="87"/>
       <c r="K203" s="87"/>
       <c r="L203" s="87"/>
       <c r="M203" s="87"/>
       <c r="N203" s="87"/>
       <c r="O203" s="87"/>
       <c r="P203" s="87"/>
       <c r="Q203" s="87"/>
       <c r="R203" s="87"/>
       <c r="S203" s="87"/>
     </row>
-    <row r="204" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="204" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B204" s="81"/>
       <c r="C204" s="82"/>
       <c r="D204" s="138" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="E204" s="91"/>
-      <c r="G204" s="150">
+      <c r="G204" s="149">
         <v>1</v>
       </c>
-      <c r="H204" s="150">
+      <c r="H204" s="149">
         <v>191</v>
       </c>
     </row>
-    <row r="205" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="205" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B205" s="122">
         <v>135</v>
       </c>
       <c r="C205" s="135"/>
-      <c r="D205" s="153" t="s">
-        <v>316</v>
+      <c r="D205" s="152" t="s">
+        <v>299</v>
       </c>
       <c r="E205" s="94"/>
       <c r="F205" s="87"/>
-      <c r="G205" s="150">
+      <c r="G205" s="149">
         <v>2</v>
       </c>
-      <c r="H205" s="150">
+      <c r="H205" s="149">
         <v>192</v>
       </c>
       <c r="I205" s="87"/>
       <c r="J205" s="87"/>
       <c r="K205" s="87"/>
       <c r="L205" s="87"/>
       <c r="M205" s="87"/>
       <c r="N205" s="87"/>
       <c r="O205" s="87"/>
       <c r="P205" s="87"/>
       <c r="Q205" s="87"/>
       <c r="R205" s="87"/>
       <c r="S205" s="87"/>
     </row>
-    <row r="206" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="206" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B206" s="122">
         <v>136</v>
       </c>
       <c r="C206" s="135"/>
-      <c r="D206" s="154" t="s">
-        <v>317</v>
+      <c r="D206" s="153" t="s">
+        <v>300</v>
       </c>
       <c r="E206" s="91"/>
-      <c r="G206" s="150">
+      <c r="G206" s="149">
         <v>2</v>
       </c>
-      <c r="H206" s="150">
+      <c r="H206" s="149">
         <v>193</v>
       </c>
     </row>
-    <row r="207" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="207" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B207" s="122">
         <v>137</v>
       </c>
       <c r="C207" s="135"/>
-      <c r="D207" s="153" t="s">
-        <v>318</v>
+      <c r="D207" s="152" t="s">
+        <v>301</v>
       </c>
       <c r="E207" s="91"/>
-      <c r="G207" s="150">
+      <c r="G207" s="149">
         <v>3</v>
       </c>
-      <c r="H207" s="150">
+      <c r="H207" s="149">
         <v>194</v>
       </c>
     </row>
-    <row r="208" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="208" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B208" s="122">
         <v>138</v>
       </c>
       <c r="C208" s="135"/>
-      <c r="D208" s="153" t="s">
-        <v>319</v>
+      <c r="D208" s="152" t="s">
+        <v>302</v>
       </c>
       <c r="E208" s="91"/>
-      <c r="G208" s="150">
+      <c r="G208" s="149">
         <v>2</v>
       </c>
-      <c r="H208" s="150">
+      <c r="H208" s="149">
         <v>195</v>
       </c>
     </row>
-    <row r="209" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="209" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B209" s="122">
         <v>139</v>
       </c>
       <c r="C209" s="135"/>
-      <c r="D209" s="148" t="s">
-        <v>120</v>
+      <c r="D209" s="147" t="s">
+        <v>112</v>
       </c>
       <c r="E209" s="91"/>
-      <c r="G209" s="150">
+      <c r="G209" s="149">
         <v>3</v>
       </c>
-      <c r="H209" s="150">
+      <c r="H209" s="149">
         <v>196</v>
       </c>
     </row>
-    <row r="210" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="210" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B210" s="122">
         <v>140</v>
       </c>
       <c r="C210" s="135"/>
-      <c r="D210" s="153" t="s">
-        <v>320</v>
+      <c r="D210" s="152" t="s">
+        <v>303</v>
       </c>
       <c r="E210" s="91"/>
-      <c r="G210" s="150">
+      <c r="G210" s="149">
         <v>2</v>
       </c>
-      <c r="H210" s="150">
+      <c r="H210" s="149">
         <v>197</v>
       </c>
     </row>
-    <row r="211" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="211" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B211" s="84"/>
       <c r="C211" s="84"/>
       <c r="D211" s="93"/>
       <c r="E211" s="94"/>
       <c r="F211" s="87"/>
-      <c r="G211" s="150">
+      <c r="G211" s="149">
         <v>9</v>
       </c>
-      <c r="H211" s="150">
+      <c r="H211" s="149">
         <v>198</v>
       </c>
       <c r="I211" s="87"/>
       <c r="J211" s="87"/>
       <c r="K211" s="87"/>
       <c r="L211" s="87"/>
       <c r="M211" s="87"/>
       <c r="N211" s="87"/>
       <c r="O211" s="87"/>
       <c r="P211" s="87"/>
       <c r="Q211" s="87"/>
       <c r="R211" s="87"/>
       <c r="S211" s="87"/>
     </row>
-    <row r="212" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="212" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B212" s="81"/>
       <c r="C212" s="82"/>
       <c r="D212" s="123" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E212" s="91"/>
-      <c r="G212" s="150">
+      <c r="G212" s="149">
         <v>7</v>
       </c>
-      <c r="H212" s="150">
+      <c r="H212" s="149">
         <v>199</v>
       </c>
     </row>
-    <row r="213" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="213" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B213" s="84"/>
       <c r="C213" s="84"/>
       <c r="D213" s="93"/>
       <c r="E213" s="94"/>
       <c r="F213" s="87"/>
-      <c r="G213" s="150">
+      <c r="G213" s="149">
         <v>9</v>
       </c>
-      <c r="H213" s="150">
+      <c r="H213" s="149">
         <v>200</v>
       </c>
       <c r="I213" s="87"/>
       <c r="J213" s="87"/>
       <c r="K213" s="87"/>
       <c r="L213" s="87"/>
       <c r="M213" s="87"/>
       <c r="N213" s="87"/>
       <c r="O213" s="87"/>
       <c r="P213" s="87"/>
       <c r="Q213" s="87"/>
       <c r="R213" s="87"/>
       <c r="S213" s="87"/>
     </row>
-    <row r="214" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="214" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B214" s="81"/>
       <c r="C214" s="82"/>
       <c r="D214" s="139" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="E214" s="91"/>
-      <c r="G214" s="150">
+      <c r="G214" s="149">
         <v>1</v>
       </c>
-      <c r="H214" s="150">
+      <c r="H214" s="149">
         <v>201</v>
       </c>
     </row>
-    <row r="215" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="215" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B215" s="124">
         <v>141</v>
       </c>
       <c r="C215" s="135"/>
-      <c r="D215" s="153" t="s">
-        <v>321</v>
+      <c r="D215" s="152" t="s">
+        <v>304</v>
       </c>
       <c r="E215" s="91"/>
-      <c r="G215" s="151">
+      <c r="G215" s="150">
         <v>2</v>
       </c>
-      <c r="H215" s="150">
+      <c r="H215" s="149">
         <v>202</v>
       </c>
       <c r="J215" s="125" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="216" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="216" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B216" s="124">
         <v>142</v>
       </c>
       <c r="C216" s="135"/>
       <c r="D216" s="90" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="E216" s="91"/>
-      <c r="G216" s="150">
+      <c r="G216" s="149">
         <v>3</v>
       </c>
-      <c r="H216" s="150">
+      <c r="H216" s="149">
         <v>203</v>
       </c>
     </row>
-    <row r="217" spans="2:19" ht="57.6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="217" spans="2:19" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B217" s="124">
         <v>143</v>
       </c>
       <c r="C217" s="135"/>
-      <c r="D217" s="154" t="s">
-        <v>322</v>
+      <c r="D217" s="153" t="s">
+        <v>305</v>
       </c>
       <c r="E217" s="91"/>
-      <c r="G217" s="150">
+      <c r="G217" s="149">
         <v>4</v>
       </c>
-      <c r="H217" s="150">
+      <c r="H217" s="149">
         <v>204</v>
       </c>
     </row>
-    <row r="218" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="218" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B218" s="124">
         <v>144</v>
       </c>
       <c r="C218" s="135"/>
       <c r="D218" s="90" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="E218" s="91"/>
-      <c r="G218" s="150">
+      <c r="G218" s="149">
         <v>3</v>
       </c>
-      <c r="H218" s="150">
+      <c r="H218" s="149">
         <v>205</v>
       </c>
     </row>
-    <row r="219" spans="2:19" ht="6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="219" spans="2:19" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B219" s="92"/>
-      <c r="C219" s="162"/>
+      <c r="C219" s="161"/>
       <c r="D219" s="126"/>
       <c r="E219" s="94"/>
       <c r="F219" s="87"/>
-      <c r="G219" s="150">
+      <c r="G219" s="149">
         <v>8</v>
       </c>
-      <c r="H219" s="150">
+      <c r="H219" s="149">
         <v>206</v>
       </c>
       <c r="I219" s="87"/>
       <c r="J219" s="87"/>
       <c r="K219" s="87"/>
       <c r="L219" s="87"/>
       <c r="M219" s="87"/>
       <c r="N219" s="87"/>
       <c r="O219" s="87"/>
       <c r="P219" s="87"/>
       <c r="Q219" s="87"/>
       <c r="R219" s="87"/>
       <c r="S219" s="87"/>
     </row>
-    <row r="220" spans="2:19" ht="14.4" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="220" spans="2:19" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B220" s="124">
         <v>145</v>
       </c>
       <c r="C220" s="135"/>
-      <c r="D220" s="147" t="s">
-        <v>130</v>
+      <c r="D220" s="164" t="s">
+        <v>334</v>
       </c>
       <c r="E220" s="91"/>
-      <c r="G220" s="152">
+      <c r="G220" s="151">
         <v>1</v>
       </c>
-      <c r="H220" s="150">
+      <c r="H220" s="149">
         <v>207</v>
       </c>
       <c r="J220" s="125" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="K220" s="125"/>
       <c r="L220" s="125"/>
       <c r="M220" s="127"/>
       <c r="N220" s="127"/>
     </row>
-    <row r="221" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="221" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B221" s="124">
         <v>146</v>
       </c>
       <c r="C221" s="135"/>
-      <c r="D221" s="154" t="s">
-        <v>323</v>
+      <c r="D221" s="153" t="s">
+        <v>306</v>
       </c>
       <c r="E221" s="91"/>
-      <c r="G221" s="150">
+      <c r="G221" s="149">
         <v>2</v>
       </c>
-      <c r="H221" s="150">
+      <c r="H221" s="149">
         <v>208</v>
       </c>
     </row>
-    <row r="222" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="222" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B222" s="124">
         <v>147</v>
       </c>
       <c r="C222" s="135"/>
-      <c r="D222" s="153" t="s">
-        <v>324</v>
+      <c r="D222" s="152" t="s">
+        <v>307</v>
       </c>
       <c r="E222" s="91"/>
-      <c r="G222" s="150">
+      <c r="G222" s="149">
         <v>2</v>
       </c>
-      <c r="H222" s="150">
+      <c r="H222" s="149">
         <v>209</v>
       </c>
     </row>
-    <row r="223" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="223" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B223" s="84"/>
       <c r="C223" s="84"/>
       <c r="D223" s="93"/>
       <c r="E223" s="94"/>
       <c r="F223" s="87"/>
-      <c r="G223" s="150">
+      <c r="G223" s="149">
         <v>9</v>
       </c>
-      <c r="H223" s="150">
+      <c r="H223" s="149">
         <v>210</v>
       </c>
       <c r="I223" s="87"/>
       <c r="J223" s="87"/>
       <c r="K223" s="87"/>
       <c r="L223" s="87"/>
       <c r="M223" s="87"/>
       <c r="N223" s="87"/>
       <c r="O223" s="87"/>
       <c r="P223" s="87"/>
       <c r="Q223" s="87"/>
       <c r="R223" s="87"/>
       <c r="S223" s="87"/>
     </row>
-    <row r="224" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="224" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B224" s="81"/>
       <c r="C224" s="82"/>
       <c r="D224" s="139" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="E224" s="91"/>
-      <c r="G224" s="150">
+      <c r="G224" s="149">
         <v>1</v>
       </c>
-      <c r="H224" s="150">
+      <c r="H224" s="149">
         <v>211</v>
       </c>
     </row>
-    <row r="225" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="225" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B225" s="124">
         <v>148</v>
       </c>
       <c r="C225" s="135"/>
       <c r="D225" s="90" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="E225" s="91"/>
-      <c r="G225" s="150">
+      <c r="G225" s="149">
         <v>2</v>
       </c>
-      <c r="H225" s="150">
+      <c r="H225" s="149">
         <v>212</v>
       </c>
     </row>
-    <row r="226" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="226" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B226" s="124">
         <v>149</v>
       </c>
       <c r="C226" s="135"/>
-      <c r="D226" s="154" t="s">
-        <v>325</v>
+      <c r="D226" s="153" t="s">
+        <v>308</v>
       </c>
       <c r="E226" s="91"/>
-      <c r="G226" s="150">
+      <c r="G226" s="149">
         <v>3</v>
       </c>
-      <c r="H226" s="150">
+      <c r="H226" s="149">
         <v>213</v>
       </c>
     </row>
-    <row r="227" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="227" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B227" s="124">
         <v>150</v>
       </c>
       <c r="C227" s="135"/>
-      <c r="D227" s="153" t="s">
-        <v>326</v>
+      <c r="D227" s="152" t="s">
+        <v>309</v>
       </c>
       <c r="E227" s="94"/>
       <c r="F227" s="87"/>
-      <c r="G227" s="150">
+      <c r="G227" s="149">
         <v>3</v>
       </c>
-      <c r="H227" s="150">
+      <c r="H227" s="149">
         <v>214</v>
       </c>
       <c r="I227" s="87"/>
       <c r="J227" s="87"/>
       <c r="K227" s="87"/>
       <c r="L227" s="87"/>
       <c r="M227" s="87"/>
       <c r="N227" s="87"/>
       <c r="O227" s="87"/>
       <c r="P227" s="87"/>
       <c r="Q227" s="87"/>
       <c r="R227" s="87"/>
       <c r="S227" s="87"/>
     </row>
-    <row r="228" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="228" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B228" s="124">
         <v>151</v>
       </c>
       <c r="C228" s="135"/>
-      <c r="D228" s="153" t="s">
-        <v>327</v>
+      <c r="D228" s="152" t="s">
+        <v>310</v>
       </c>
       <c r="E228" s="91"/>
-      <c r="G228" s="150">
+      <c r="G228" s="149">
         <v>3</v>
       </c>
-      <c r="H228" s="150">
+      <c r="H228" s="149">
         <v>215</v>
       </c>
     </row>
-    <row r="229" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="229" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B229" s="92"/>
       <c r="C229" s="92"/>
       <c r="D229" s="128"/>
       <c r="E229" s="91"/>
-      <c r="G229" s="150">
+      <c r="G229" s="149">
         <v>9</v>
       </c>
-      <c r="H229" s="150">
+      <c r="H229" s="149">
         <v>216</v>
       </c>
     </row>
-    <row r="230" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="230" spans="2:19" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B230" s="129"/>
       <c r="C230" s="129"/>
       <c r="D230" s="130" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E230" s="98"/>
       <c r="F230" s="24"/>
-      <c r="G230" s="150">
+      <c r="G230" s="149">
         <v>7</v>
       </c>
-      <c r="H230" s="150">
+      <c r="H230" s="149">
         <v>217</v>
       </c>
       <c r="I230" s="87"/>
       <c r="J230" s="87"/>
       <c r="K230" s="87"/>
       <c r="L230" s="87"/>
       <c r="M230" s="87"/>
       <c r="N230" s="87"/>
       <c r="O230" s="87"/>
       <c r="P230" s="87"/>
       <c r="Q230" s="87"/>
       <c r="R230" s="87"/>
       <c r="S230" s="87"/>
     </row>
-    <row r="231" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="231" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B231" s="84"/>
       <c r="C231" s="84"/>
       <c r="D231" s="93"/>
       <c r="E231" s="94"/>
       <c r="F231" s="87"/>
-      <c r="G231" s="150">
+      <c r="G231" s="149">
         <v>9</v>
       </c>
-      <c r="H231" s="150">
+      <c r="H231" s="149">
         <v>218</v>
       </c>
       <c r="I231" s="87"/>
       <c r="J231" s="87"/>
       <c r="K231" s="87"/>
       <c r="L231" s="87"/>
       <c r="M231" s="87"/>
       <c r="N231" s="87"/>
       <c r="O231" s="87"/>
       <c r="P231" s="87"/>
       <c r="Q231" s="87"/>
       <c r="R231" s="87"/>
       <c r="S231" s="87"/>
     </row>
-    <row r="232" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="232" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B232" s="81"/>
       <c r="C232" s="82"/>
       <c r="D232" s="140" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="E232" s="91"/>
-      <c r="G232" s="150">
+      <c r="G232" s="149">
         <v>1</v>
       </c>
-      <c r="H232" s="150">
+      <c r="H232" s="149">
         <v>219</v>
       </c>
     </row>
-    <row r="233" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="233" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B233" s="131">
         <v>152</v>
       </c>
       <c r="C233" s="135"/>
       <c r="D233" s="90" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="E233" s="91"/>
-      <c r="G233" s="150">
+      <c r="G233" s="149">
         <v>2</v>
       </c>
-      <c r="H233" s="150">
+      <c r="H233" s="149">
         <v>220</v>
       </c>
     </row>
-    <row r="234" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="234" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B234" s="131">
         <v>153</v>
       </c>
       <c r="C234" s="135"/>
       <c r="D234" s="90" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="E234" s="91"/>
-      <c r="G234" s="150">
+      <c r="G234" s="149">
         <v>2</v>
       </c>
-      <c r="H234" s="150">
+      <c r="H234" s="149">
         <v>221</v>
       </c>
     </row>
-    <row r="235" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="235" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B235" s="131">
         <v>154</v>
       </c>
       <c r="C235" s="135"/>
-      <c r="D235" s="154" t="s">
-        <v>328</v>
+      <c r="D235" s="153" t="s">
+        <v>311</v>
       </c>
       <c r="E235" s="91"/>
-      <c r="G235" s="150">
+      <c r="G235" s="149">
         <v>2</v>
       </c>
-      <c r="H235" s="150">
+      <c r="H235" s="149">
         <v>222</v>
       </c>
     </row>
-    <row r="236" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="236" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B236" s="131">
         <v>155</v>
       </c>
       <c r="C236" s="135"/>
       <c r="D236" s="90" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="E236" s="91"/>
-      <c r="G236" s="150">
+      <c r="G236" s="149">
         <v>2</v>
       </c>
-      <c r="H236" s="150">
+      <c r="H236" s="149">
         <v>223</v>
       </c>
     </row>
-    <row r="237" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="237" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B237" s="131">
         <v>156</v>
       </c>
       <c r="C237" s="135"/>
-      <c r="D237" s="153" t="s">
-        <v>329</v>
+      <c r="D237" s="152" t="s">
+        <v>312</v>
       </c>
       <c r="E237" s="91"/>
-      <c r="G237" s="150">
+      <c r="G237" s="149">
         <v>2</v>
       </c>
-      <c r="H237" s="150">
+      <c r="H237" s="149">
         <v>224</v>
       </c>
     </row>
-    <row r="238" spans="2:19" ht="6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="238" spans="2:19" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B238" s="132"/>
-      <c r="C238" s="163"/>
+      <c r="C238" s="162"/>
       <c r="D238" s="133"/>
       <c r="E238" s="94"/>
       <c r="F238" s="87"/>
-      <c r="G238" s="150">
+      <c r="G238" s="149">
         <v>8</v>
       </c>
-      <c r="H238" s="150">
+      <c r="H238" s="149">
         <v>225</v>
       </c>
       <c r="I238" s="87"/>
       <c r="J238" s="87"/>
       <c r="K238" s="87"/>
       <c r="L238" s="87"/>
       <c r="M238" s="87"/>
       <c r="N238" s="87"/>
       <c r="O238" s="87"/>
       <c r="P238" s="87"/>
       <c r="Q238" s="87"/>
       <c r="R238" s="87"/>
       <c r="S238" s="87"/>
     </row>
-    <row r="239" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="239" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B239" s="131">
         <v>157</v>
       </c>
       <c r="C239" s="135"/>
-      <c r="D239" s="153" t="s">
-        <v>330</v>
+      <c r="D239" s="152" t="s">
+        <v>313</v>
       </c>
       <c r="E239" s="91"/>
-      <c r="G239" s="150">
+      <c r="G239" s="149">
         <v>2</v>
       </c>
-      <c r="H239" s="150">
+      <c r="H239" s="149">
         <v>226</v>
       </c>
     </row>
-    <row r="240" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="240" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B240" s="131">
         <v>158</v>
       </c>
       <c r="C240" s="135"/>
       <c r="D240" s="90" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="E240" s="91"/>
-      <c r="G240" s="150">
+      <c r="G240" s="149">
         <v>2</v>
       </c>
-      <c r="H240" s="150">
+      <c r="H240" s="149">
         <v>227</v>
       </c>
     </row>
-    <row r="241" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="241" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B241" s="131">
         <v>159</v>
       </c>
       <c r="C241" s="135"/>
-      <c r="D241" s="148" t="s">
-        <v>138</v>
+      <c r="D241" s="147" t="s">
+        <v>129</v>
       </c>
       <c r="E241" s="91"/>
-      <c r="G241" s="150">
+      <c r="G241" s="149">
         <v>2</v>
       </c>
-      <c r="H241" s="150">
+      <c r="H241" s="149">
         <v>228</v>
       </c>
     </row>
-    <row r="242" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="242" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B242" s="131">
         <v>160</v>
       </c>
       <c r="C242" s="135"/>
-      <c r="D242" s="153" t="s">
-        <v>331</v>
+      <c r="D242" s="152" t="s">
+        <v>314</v>
       </c>
       <c r="E242" s="91"/>
-      <c r="G242" s="150">
+      <c r="G242" s="149">
         <v>2</v>
       </c>
-      <c r="H242" s="150">
+      <c r="H242" s="149">
         <v>229</v>
       </c>
     </row>
-    <row r="243" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="243" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B243" s="131">
         <v>161</v>
       </c>
       <c r="C243" s="135"/>
-      <c r="D243" s="153" t="s">
-        <v>332</v>
+      <c r="D243" s="152" t="s">
+        <v>315</v>
       </c>
       <c r="E243" s="91"/>
-      <c r="G243" s="150">
+      <c r="G243" s="149">
         <v>2</v>
       </c>
-      <c r="H243" s="150">
+      <c r="H243" s="149">
         <v>230</v>
       </c>
     </row>
-    <row r="244" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="244" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B244" s="131">
         <v>162</v>
       </c>
       <c r="C244" s="135"/>
-      <c r="D244" s="154" t="s">
-        <v>333</v>
+      <c r="D244" s="153" t="s">
+        <v>316</v>
       </c>
       <c r="E244" s="91"/>
-      <c r="G244" s="150">
+      <c r="G244" s="149">
         <v>2</v>
       </c>
-      <c r="H244" s="150">
+      <c r="H244" s="149">
         <v>231</v>
       </c>
     </row>
-    <row r="245" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="245" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B245" s="131">
         <v>163</v>
       </c>
       <c r="C245" s="135"/>
-      <c r="D245" s="153" t="s">
-        <v>334</v>
+      <c r="D245" s="152" t="s">
+        <v>317</v>
       </c>
       <c r="E245" s="91"/>
-      <c r="G245" s="150">
+      <c r="G245" s="149">
         <v>2</v>
       </c>
-      <c r="H245" s="150">
+      <c r="H245" s="149">
         <v>232</v>
       </c>
     </row>
-    <row r="246" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="246" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B246" s="131">
         <v>164</v>
       </c>
       <c r="C246" s="135"/>
-      <c r="D246" s="153" t="s">
-        <v>335</v>
+      <c r="D246" s="152" t="s">
+        <v>318</v>
       </c>
       <c r="E246" s="91"/>
-      <c r="G246" s="150">
+      <c r="G246" s="149">
         <v>2</v>
       </c>
-      <c r="H246" s="150">
+      <c r="H246" s="149">
         <v>233</v>
       </c>
     </row>
-    <row r="247" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="247" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B247" s="84"/>
       <c r="C247" s="84"/>
       <c r="D247" s="93"/>
       <c r="E247" s="94"/>
       <c r="F247" s="87"/>
-      <c r="G247" s="150">
+      <c r="G247" s="149">
         <v>9</v>
       </c>
-      <c r="H247" s="150">
+      <c r="H247" s="149">
         <v>234</v>
       </c>
       <c r="I247" s="87"/>
       <c r="J247" s="87"/>
       <c r="K247" s="87"/>
       <c r="L247" s="87"/>
       <c r="M247" s="87"/>
       <c r="N247" s="87"/>
       <c r="O247" s="87"/>
       <c r="P247" s="87"/>
       <c r="Q247" s="87"/>
       <c r="R247" s="87"/>
       <c r="S247" s="87"/>
     </row>
-    <row r="248" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="248" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B248" s="81"/>
       <c r="C248" s="82"/>
       <c r="D248" s="140" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="E248" s="91"/>
-      <c r="G248" s="150">
+      <c r="G248" s="149">
         <v>1</v>
       </c>
-      <c r="H248" s="150">
+      <c r="H248" s="149">
         <v>235</v>
       </c>
     </row>
-    <row r="249" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="249" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B249" s="131">
         <v>165</v>
       </c>
       <c r="C249" s="135"/>
-      <c r="D249" s="153" t="s">
-        <v>336</v>
+      <c r="D249" s="152" t="s">
+        <v>319</v>
       </c>
       <c r="E249" s="91"/>
-      <c r="G249" s="150">
+      <c r="G249" s="149">
         <v>2</v>
       </c>
-      <c r="H249" s="150">
+      <c r="H249" s="149">
         <v>236</v>
       </c>
     </row>
-    <row r="250" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="250" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B250" s="131">
         <v>166</v>
       </c>
       <c r="C250" s="135"/>
-      <c r="D250" s="153" t="s">
-        <v>337</v>
+      <c r="D250" s="152" t="s">
+        <v>320</v>
       </c>
       <c r="E250" s="91"/>
-      <c r="G250" s="150">
+      <c r="G250" s="149">
         <v>2</v>
       </c>
-      <c r="H250" s="150">
+      <c r="H250" s="149">
         <v>237</v>
       </c>
     </row>
-    <row r="251" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="251" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B251" s="131">
         <v>167</v>
       </c>
       <c r="C251" s="135"/>
-      <c r="D251" s="148" t="s">
-        <v>139</v>
+      <c r="D251" s="147" t="s">
+        <v>130</v>
       </c>
       <c r="E251" s="91"/>
-      <c r="G251" s="150">
+      <c r="G251" s="149">
         <v>2</v>
       </c>
-      <c r="H251" s="150">
+      <c r="H251" s="149">
         <v>238</v>
       </c>
     </row>
-    <row r="252" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="252" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B252" s="131">
         <v>168</v>
       </c>
       <c r="C252" s="135"/>
-      <c r="D252" s="153" t="s">
-        <v>338</v>
+      <c r="D252" s="152" t="s">
+        <v>321</v>
       </c>
       <c r="E252" s="91"/>
-      <c r="G252" s="150">
+      <c r="G252" s="149">
         <v>2</v>
       </c>
-      <c r="H252" s="150">
+      <c r="H252" s="149">
         <v>239</v>
       </c>
     </row>
-    <row r="253" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="253" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B253" s="131">
         <v>169</v>
       </c>
       <c r="C253" s="135"/>
-      <c r="D253" s="153" t="s">
-        <v>341</v>
+      <c r="D253" s="152" t="s">
+        <v>324</v>
       </c>
       <c r="E253" s="91"/>
-      <c r="G253" s="150">
+      <c r="G253" s="149">
         <v>3</v>
       </c>
-      <c r="H253" s="150">
+      <c r="H253" s="149">
         <v>240</v>
       </c>
     </row>
-    <row r="254" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="254" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B254" s="131">
         <v>170</v>
       </c>
       <c r="C254" s="135"/>
-      <c r="D254" s="154" t="s">
-        <v>339</v>
+      <c r="D254" s="153" t="s">
+        <v>322</v>
       </c>
       <c r="E254" s="91"/>
-      <c r="G254" s="150">
+      <c r="G254" s="149">
         <v>2</v>
       </c>
-      <c r="H254" s="150">
+      <c r="H254" s="149">
         <v>241</v>
       </c>
     </row>
-    <row r="255" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="255" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B255" s="131">
         <v>171</v>
       </c>
       <c r="C255" s="135"/>
-      <c r="D255" s="153" t="s">
-        <v>340</v>
+      <c r="D255" s="152" t="s">
+        <v>323</v>
       </c>
       <c r="E255" s="91"/>
-      <c r="G255" s="150">
+      <c r="G255" s="149">
         <v>2</v>
       </c>
-      <c r="H255" s="150">
+      <c r="H255" s="149">
         <v>242</v>
       </c>
     </row>
-    <row r="256" spans="2:19" ht="10" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="256" spans="2:19" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B256" s="84"/>
       <c r="C256" s="84"/>
       <c r="D256" s="93"/>
       <c r="E256" s="94"/>
       <c r="F256" s="87"/>
-      <c r="G256" s="150">
+      <c r="G256" s="149">
         <v>9</v>
       </c>
-      <c r="H256" s="150">
+      <c r="H256" s="149">
         <v>243</v>
       </c>
       <c r="I256" s="87"/>
       <c r="J256" s="87"/>
       <c r="K256" s="87"/>
       <c r="L256" s="87"/>
       <c r="M256" s="87"/>
       <c r="N256" s="87"/>
       <c r="O256" s="87"/>
       <c r="P256" s="87"/>
       <c r="Q256" s="87"/>
       <c r="R256" s="87"/>
       <c r="S256" s="87"/>
     </row>
-    <row r="257" spans="2:19" ht="14.05" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="257" spans="2:19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B257" s="81"/>
       <c r="C257" s="82"/>
       <c r="D257" s="140" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="E257" s="91"/>
-      <c r="G257" s="150">
+      <c r="G257" s="149">
         <v>1</v>
       </c>
-      <c r="H257" s="150">
+      <c r="H257" s="149">
         <v>244</v>
       </c>
     </row>
-    <row r="258" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="258" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B258" s="131">
         <v>172</v>
       </c>
       <c r="C258" s="135"/>
-      <c r="D258" s="153" t="s">
-        <v>342</v>
+      <c r="D258" s="164" t="s">
+        <v>336</v>
       </c>
       <c r="E258" s="91"/>
-      <c r="G258" s="150">
+      <c r="G258" s="149">
         <v>3</v>
       </c>
-      <c r="H258" s="150">
+      <c r="H258" s="149">
         <v>245</v>
       </c>
     </row>
-    <row r="259" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="259" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B259" s="131">
         <v>173</v>
       </c>
       <c r="C259" s="135"/>
       <c r="D259" s="90" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="E259" s="91"/>
-      <c r="G259" s="150">
+      <c r="G259" s="149">
         <v>2</v>
       </c>
-      <c r="H259" s="150">
+      <c r="H259" s="149">
         <v>246</v>
       </c>
     </row>
-    <row r="260" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="260" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B260" s="131">
         <v>174</v>
       </c>
       <c r="C260" s="135"/>
-      <c r="D260" s="148" t="s">
-        <v>35</v>
+      <c r="D260" s="147" t="s">
+        <v>34</v>
       </c>
       <c r="E260" s="91"/>
-      <c r="G260" s="150">
+      <c r="G260" s="149">
         <v>2</v>
       </c>
-      <c r="H260" s="150">
+      <c r="H260" s="149">
         <v>247</v>
       </c>
     </row>
-    <row r="261" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="261" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B261" s="131">
         <v>175</v>
       </c>
       <c r="C261" s="135"/>
       <c r="D261" s="90" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="E261" s="91"/>
-      <c r="G261" s="150">
+      <c r="G261" s="149">
         <v>3</v>
       </c>
-      <c r="H261" s="150">
+      <c r="H261" s="149">
         <v>248</v>
       </c>
     </row>
-    <row r="262" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="262" spans="2:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B262" s="131">
         <v>176</v>
       </c>
       <c r="C262" s="135"/>
-      <c r="D262" s="90" t="s">
-        <v>142</v>
+      <c r="D262" s="168" t="s">
+        <v>350</v>
       </c>
       <c r="E262" s="91"/>
-      <c r="G262" s="150">
+      <c r="G262" s="149">
         <v>2</v>
       </c>
-      <c r="H262" s="150">
+      <c r="H262" s="149">
         <v>249</v>
       </c>
     </row>
-    <row r="263" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="263" spans="2:19" ht="41.4" x14ac:dyDescent="0.3">
       <c r="B263" s="131">
         <v>177</v>
       </c>
       <c r="C263" s="135"/>
-      <c r="D263" s="148" t="s">
-        <v>143</v>
+      <c r="D263" s="165" t="s">
+        <v>348</v>
       </c>
       <c r="E263" s="91"/>
-      <c r="G263" s="150">
+      <c r="G263" s="149">
         <v>2</v>
       </c>
-      <c r="H263" s="150">
+      <c r="H263" s="149">
         <v>250</v>
       </c>
     </row>
-    <row r="264" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="264" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B264" s="131">
         <v>178</v>
       </c>
       <c r="C264" s="135"/>
       <c r="D264" s="90" t="s">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="E264" s="91"/>
-      <c r="G264" s="150">
+      <c r="G264" s="149">
         <v>3</v>
       </c>
-      <c r="H264" s="150">
+      <c r="H264" s="149">
         <v>251</v>
       </c>
     </row>
-    <row r="265" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="265" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B265" s="131">
         <v>179</v>
       </c>
       <c r="C265" s="135"/>
       <c r="D265" s="90" t="s">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="E265" s="94"/>
       <c r="F265" s="87"/>
-      <c r="G265" s="150">
+      <c r="G265" s="149">
         <v>2</v>
       </c>
-      <c r="H265" s="150">
+      <c r="H265" s="149">
         <v>252</v>
       </c>
       <c r="I265" s="87"/>
       <c r="J265" s="87"/>
       <c r="K265" s="87"/>
       <c r="L265" s="87"/>
       <c r="M265" s="87"/>
       <c r="N265" s="87"/>
       <c r="O265" s="87"/>
       <c r="P265" s="87"/>
       <c r="Q265" s="87"/>
       <c r="R265" s="87"/>
       <c r="S265" s="87"/>
     </row>
-    <row r="266" spans="2:19" ht="6" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="266" spans="2:19" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B266" s="132"/>
-      <c r="C266" s="163"/>
+      <c r="C266" s="162"/>
       <c r="D266" s="133"/>
       <c r="E266" s="91"/>
-      <c r="G266" s="150">
+      <c r="G266" s="149">
         <v>8</v>
       </c>
-      <c r="H266" s="150">
+      <c r="H266" s="149">
         <v>253</v>
       </c>
     </row>
-    <row r="267" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="267" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B267" s="131">
         <v>180</v>
       </c>
       <c r="C267" s="135"/>
-      <c r="D267" s="153" t="s">
-        <v>343</v>
+      <c r="D267" s="152" t="s">
+        <v>325</v>
       </c>
       <c r="E267" s="91"/>
-      <c r="G267" s="150">
+      <c r="G267" s="149">
         <v>2</v>
       </c>
-      <c r="H267" s="150">
+      <c r="H267" s="149">
         <v>254</v>
       </c>
     </row>
-    <row r="268" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="268" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B268" s="131">
         <v>181</v>
       </c>
       <c r="C268" s="135"/>
-      <c r="D268" s="153" t="s">
-        <v>344</v>
+      <c r="D268" s="152" t="s">
+        <v>326</v>
       </c>
       <c r="E268" s="91"/>
-      <c r="G268" s="150">
+      <c r="G268" s="149">
         <v>2</v>
       </c>
-      <c r="H268" s="150">
+      <c r="H268" s="149">
         <v>255</v>
       </c>
     </row>
-    <row r="269" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="269" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B269" s="131">
         <v>182</v>
       </c>
       <c r="C269" s="135"/>
-      <c r="D269" s="154" t="s">
-        <v>345</v>
+      <c r="D269" s="153" t="s">
+        <v>327</v>
       </c>
       <c r="E269" s="94"/>
       <c r="F269" s="87"/>
-      <c r="G269" s="150">
+      <c r="G269" s="149">
         <v>2</v>
       </c>
-      <c r="H269" s="150">
+      <c r="H269" s="149">
         <v>256</v>
       </c>
       <c r="I269" s="87"/>
       <c r="J269" s="87"/>
       <c r="K269" s="87"/>
       <c r="L269" s="87"/>
       <c r="M269" s="87"/>
       <c r="N269" s="87"/>
       <c r="O269" s="87"/>
       <c r="P269" s="87"/>
       <c r="Q269" s="87"/>
       <c r="R269" s="87"/>
       <c r="S269" s="87"/>
     </row>
-    <row r="270" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="270" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B270" s="131">
         <v>183</v>
       </c>
       <c r="C270" s="135"/>
-      <c r="D270" s="153" t="s">
-        <v>346</v>
+      <c r="D270" s="152" t="s">
+        <v>328</v>
       </c>
       <c r="E270" s="91"/>
-      <c r="G270" s="150">
+      <c r="G270" s="149">
         <v>3</v>
       </c>
-      <c r="H270" s="150">
+      <c r="H270" s="149">
         <v>257</v>
       </c>
     </row>
-    <row r="271" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="271" spans="2:19" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B271" s="131">
         <v>184</v>
       </c>
       <c r="C271" s="135"/>
-      <c r="D271" s="153" t="s">
-        <v>347</v>
+      <c r="D271" s="152" t="s">
+        <v>329</v>
       </c>
       <c r="E271" s="91"/>
-      <c r="G271" s="150">
+      <c r="G271" s="149">
         <v>2</v>
       </c>
-      <c r="H271" s="150">
+      <c r="H271" s="149">
         <v>258</v>
       </c>
     </row>
-    <row r="272" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="272" spans="2:19" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B272" s="131">
         <v>185</v>
       </c>
       <c r="C272" s="135"/>
-      <c r="D272" s="148" t="s">
-        <v>146</v>
+      <c r="D272" s="147" t="s">
+        <v>135</v>
       </c>
       <c r="E272" s="91"/>
-      <c r="G272" s="150">
+      <c r="G272" s="149">
         <v>3</v>
       </c>
-      <c r="H272" s="150">
+      <c r="H272" s="149">
         <v>259</v>
       </c>
     </row>
-    <row r="273" spans="2:8" ht="28.8" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="273" spans="2:8" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B273" s="131">
         <v>186</v>
       </c>
       <c r="C273" s="135"/>
-      <c r="D273" s="153" t="s">
-        <v>348</v>
+      <c r="D273" s="152" t="s">
+        <v>330</v>
       </c>
       <c r="E273" s="91"/>
-      <c r="G273" s="150">
+      <c r="G273" s="149">
         <v>2</v>
       </c>
-      <c r="H273" s="150">
+      <c r="H273" s="149">
         <v>260</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="UoGkqpdexHYfoRsCiCiQYax4fYNk/4s5xYvz2k3p7QGL4t9466HcOJ2XH36KcvGf+F0rzJuI1BCxeYfjKmnMLQ==" saltValue="4VnoYVRgXWx8CjMxO/D+Mg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ff/S1VHglI8/PKIB1h8wRnCqoh/xevFwKH4f+26ep1GMjO4fx5L2XrkILzdjCISnvWzqobrA1jTdn/k8ci/VVw==" saltValue="+isVN6NJuA9TayP7iEGI5w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A14:S273">
     <sortCondition ref="H14:H273"/>
   </sortState>
-  <phoneticPr fontId="27" type="noConversion"/>
+  <phoneticPr fontId="31" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.23622047244094491" footer="0.23622047244094491"/>
-  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Standard"&amp;9&amp;F ¦ &amp;A&amp;R&amp;"Arial,Standard"&amp;9 &amp;"Arial,Fett"Vertraulich&amp;"Arial,Standard" Seite &amp;P von &amp;N</oddFooter>
   </headerFooter>
-  <rowBreaks count="8" manualBreakCount="8">
+  <rowBreaks count="9" manualBreakCount="9">
     <brk id="36" min="1" max="3" man="1"/>
     <brk id="59" min="1" max="3" man="1"/>
     <brk id="88" min="1" max="3" man="1"/>
+    <brk id="121" min="1" max="3" man="1"/>
     <brk id="141" min="1" max="3" man="1"/>
     <brk id="158" min="1" max="3" man="1"/>
     <brk id="211" min="1" max="3" man="1"/>
     <brk id="229" min="1" max="3" man="1"/>
     <brk id="256" min="1" max="3" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Tabelle3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:JO52"/>
   <sheetViews>
     <sheetView topLeftCell="A12" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="80" zoomScalePageLayoutView="55" workbookViewId="0">
       <selection activeCell="J16" sqref="J16:O16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.25" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.25" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.578125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="2.5546875" style="2" customWidth="1"/>
     <col min="2" max="51" width="6" style="2" customWidth="1"/>
-    <col min="52" max="52" width="2.578125" style="2" customWidth="1"/>
+    <col min="52" max="52" width="2.5546875" style="2" customWidth="1"/>
     <col min="53" max="54" width="4" style="2" hidden="1" customWidth="1"/>
-    <col min="55" max="56" width="6.15625" style="2" hidden="1" customWidth="1"/>
-[...102 lines deleted...]
-    <col min="207" max="207" width="1.578125" style="2" hidden="1" customWidth="1"/>
+    <col min="55" max="56" width="6.109375" style="2" hidden="1" customWidth="1"/>
+    <col min="57" max="57" width="3.21875" style="2" hidden="1" customWidth="1"/>
+    <col min="58" max="59" width="3.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="60" max="60" width="1.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="61" max="62" width="3.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="63" max="63" width="1.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="64" max="65" width="3.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="66" max="66" width="1.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="67" max="68" width="3.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="69" max="69" width="1.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="70" max="71" width="3.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="72" max="72" width="1.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="73" max="74" width="3.5546875" style="3" hidden="1" customWidth="1"/>
+    <col min="75" max="75" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="76" max="77" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="78" max="78" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="79" max="80" width="3.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="81" max="81" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="82" max="83" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="84" max="84" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="85" max="86" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="87" max="87" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="88" max="89" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="90" max="90" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="91" max="92" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="93" max="93" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="94" max="95" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="96" max="96" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="97" max="98" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="99" max="99" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="100" max="101" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="102" max="102" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="103" max="104" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="105" max="105" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="106" max="106" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="107" max="107" width="3.88671875" style="4" hidden="1" customWidth="1"/>
+    <col min="108" max="108" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="109" max="110" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="111" max="111" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="112" max="113" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="114" max="114" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="115" max="116" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="117" max="117" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="118" max="119" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="120" max="120" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="121" max="122" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="123" max="123" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="124" max="125" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="126" max="126" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="127" max="128" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="129" max="129" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="130" max="131" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="132" max="132" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="133" max="134" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="135" max="135" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="136" max="137" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="138" max="138" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="139" max="140" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="141" max="141" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="142" max="143" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="144" max="144" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="145" max="146" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="147" max="147" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="148" max="149" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="150" max="150" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="151" max="152" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="153" max="153" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="154" max="155" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="156" max="156" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="157" max="158" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="159" max="159" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="160" max="161" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="162" max="162" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="163" max="164" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="165" max="165" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="166" max="167" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="168" max="168" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="169" max="170" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="171" max="171" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="172" max="172" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="173" max="173" width="3.6640625" style="4" hidden="1" customWidth="1"/>
+    <col min="174" max="174" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="175" max="176" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="177" max="177" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="178" max="179" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="180" max="180" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="181" max="182" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="183" max="183" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="184" max="185" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="186" max="186" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="187" max="188" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="189" max="189" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="190" max="191" width="3.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="192" max="192" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="193" max="194" width="3.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="195" max="195" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="196" max="197" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="198" max="198" width="1.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="199" max="200" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="201" max="201" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="202" max="203" width="3.5546875" style="4" hidden="1" customWidth="1"/>
+    <col min="204" max="204" width="1.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="205" max="206" width="3.5546875" style="2" hidden="1" customWidth="1"/>
+    <col min="207" max="207" width="1.5546875" style="2" hidden="1" customWidth="1"/>
     <col min="208" max="275" width="0" style="2" hidden="1" customWidth="1"/>
-    <col min="276" max="16384" width="11.26171875" style="2" hidden="1"/>
+    <col min="276" max="16384" width="11.21875" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="25" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B1" s="45" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1" s="25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D1" s="45" t="s">
+        <v>147</v>
+      </c>
+      <c r="E1" s="25" t="s">
+        <v>148</v>
+      </c>
+      <c r="F1" s="45" t="s">
+        <v>149</v>
+      </c>
+      <c r="G1" s="25" t="s">
+        <v>150</v>
+      </c>
+      <c r="H1" s="46" t="s">
+        <v>151</v>
+      </c>
+      <c r="I1" s="25" t="s">
+        <v>152</v>
+      </c>
+      <c r="J1" s="46" t="s">
+        <v>153</v>
+      </c>
+      <c r="K1" s="25" t="s">
+        <v>154</v>
+      </c>
+      <c r="L1" s="46" t="s">
+        <v>155</v>
+      </c>
+      <c r="M1" s="25" t="s">
         <v>156</v>
       </c>
-      <c r="C1" s="25" t="s">
+      <c r="N1" s="46" t="s">
         <v>157</v>
       </c>
-      <c r="D1" s="45" t="s">
+      <c r="O1" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="E1" s="25" t="s">
+      <c r="P1" s="46" t="s">
         <v>159</v>
       </c>
-      <c r="F1" s="45" t="s">
+      <c r="Q1" s="46" t="s">
         <v>160</v>
       </c>
-      <c r="G1" s="25" t="s">
+      <c r="R1" s="59" t="s">
         <v>161</v>
       </c>
-      <c r="H1" s="46" t="s">
+      <c r="S1" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="I1" s="25" t="s">
+      <c r="T1" s="59" t="s">
         <v>163</v>
       </c>
-      <c r="J1" s="46" t="s">
+      <c r="U1" s="25" t="s">
         <v>164</v>
       </c>
-      <c r="K1" s="25" t="s">
+      <c r="V1" s="59" t="s">
         <v>165</v>
       </c>
-      <c r="L1" s="46" t="s">
+      <c r="W1" s="25" t="s">
         <v>166</v>
       </c>
-      <c r="M1" s="25" t="s">
+      <c r="X1" s="47" t="s">
         <v>167</v>
       </c>
-      <c r="N1" s="46" t="s">
+      <c r="Y1" s="47" t="s">
         <v>168</v>
       </c>
-      <c r="O1" s="25" t="s">
+      <c r="Z1" s="47" t="s">
         <v>169</v>
       </c>
-      <c r="P1" s="46" t="s">
+      <c r="AA1" s="47" t="s">
         <v>170</v>
       </c>
-      <c r="Q1" s="46" t="s">
+      <c r="AB1" s="47" t="s">
         <v>171</v>
       </c>
-      <c r="R1" s="59" t="s">
+      <c r="AC1" s="25" t="s">
         <v>172</v>
       </c>
-      <c r="S1" s="25" t="s">
+      <c r="AD1" s="47" t="s">
         <v>173</v>
       </c>
-      <c r="T1" s="59" t="s">
+      <c r="AE1" s="25" t="s">
         <v>174</v>
       </c>
-      <c r="U1" s="25" t="s">
+      <c r="AF1" s="47" t="s">
         <v>175</v>
       </c>
-      <c r="V1" s="59" t="s">
+      <c r="AG1" s="25" t="s">
         <v>176</v>
       </c>
-      <c r="W1" s="25" t="s">
+      <c r="AH1" s="48" t="s">
         <v>177</v>
       </c>
-      <c r="X1" s="47" t="s">
+      <c r="AI1" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="Y1" s="47" t="s">
+      <c r="AJ1" s="48" t="s">
         <v>179</v>
       </c>
-      <c r="Z1" s="47" t="s">
+      <c r="AK1" s="25" t="s">
         <v>180</v>
       </c>
-      <c r="AA1" s="47" t="s">
+      <c r="AL1" s="48" t="s">
         <v>181</v>
       </c>
-      <c r="AB1" s="47" t="s">
+      <c r="AM1" s="25" t="s">
         <v>182</v>
       </c>
-      <c r="AC1" s="25" t="s">
+      <c r="AN1" s="48" t="s">
         <v>183</v>
       </c>
-      <c r="AD1" s="47" t="s">
+      <c r="AO1" s="25" t="s">
         <v>184</v>
       </c>
-      <c r="AE1" s="25" t="s">
+      <c r="AP1" s="49" t="s">
         <v>185</v>
       </c>
-      <c r="AF1" s="47" t="s">
+      <c r="AQ1" s="49" t="s">
         <v>186</v>
       </c>
-      <c r="AG1" s="25" t="s">
+      <c r="AR1" s="49" t="s">
         <v>187</v>
       </c>
-      <c r="AH1" s="48" t="s">
+      <c r="AS1" s="25" t="s">
         <v>188</v>
       </c>
-      <c r="AI1" s="25" t="s">
+      <c r="AT1" s="50" t="s">
         <v>189</v>
       </c>
-      <c r="AJ1" s="48" t="s">
+      <c r="AU1" s="50" t="s">
         <v>190</v>
       </c>
-      <c r="AK1" s="25" t="s">
+      <c r="AV1" s="50" t="s">
         <v>191</v>
       </c>
-      <c r="AL1" s="48" t="s">
+      <c r="AW1" s="25" t="s">
         <v>192</v>
       </c>
-      <c r="AM1" s="25" t="s">
+      <c r="AX1" s="50" t="s">
+        <v>26</v>
+      </c>
+      <c r="AY1" s="50" t="s">
         <v>193</v>
-      </c>
-[...34 lines deleted...]
-        <v>204</v>
       </c>
       <c r="BF1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="BG1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BH1" s="29"/>
       <c r="BI1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="BJ1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BK1" s="31"/>
       <c r="BL1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="BM1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BN1" s="29"/>
       <c r="BO1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="BP1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BQ1" s="31"/>
       <c r="BR1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="BS1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BT1" s="29"/>
       <c r="BU1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="BV1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BX1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="BY1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BZ1" s="29"/>
       <c r="CA1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="CB1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CD1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="CE1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CF1" s="29"/>
       <c r="CG1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="CH1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CJ1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="CK1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CL1" s="29"/>
       <c r="CM1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="CN1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CP1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="CQ1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CR1" s="29"/>
       <c r="CS1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="CT1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CV1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="CW1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CX1" s="29"/>
       <c r="CY1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="CZ1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DB1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="DC1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DD1" s="29"/>
       <c r="DE1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="DF1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DH1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="DI1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DJ1" s="29"/>
       <c r="DK1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="DL1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DN1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="DO1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DP1" s="29"/>
       <c r="DQ1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="DR1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DT1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="DU1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DV1" s="29"/>
       <c r="DW1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="DX1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="DZ1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="EA1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="EB1" s="29"/>
       <c r="EC1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="ED1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="EF1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="EG1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="EH1" s="29"/>
       <c r="EI1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="EJ1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="EL1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="EM1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="EN1" s="29"/>
       <c r="EO1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="EP1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="ER1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="ES1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="ET1" s="29"/>
       <c r="EU1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="EV1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="EX1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="EY1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="EZ1" s="29"/>
       <c r="FA1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="FB1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FD1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="FE1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FF1" s="29"/>
       <c r="FG1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="FH1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FJ1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="FK1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FL1" s="29"/>
       <c r="FM1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="FN1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FP1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="FQ1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FR1" s="29"/>
       <c r="FS1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="FT1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FU1" s="31"/>
       <c r="FV1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="FW1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="FX1" s="29"/>
       <c r="FY1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="FZ1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GA1" s="31"/>
       <c r="GB1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="GC1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GD1" s="29"/>
       <c r="GE1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="GF1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GH1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="GI1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GJ1" s="29"/>
       <c r="GK1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="GL1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GN1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="GO1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GP1" s="29"/>
       <c r="GQ1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="GR1" s="30" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GT1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="GU1" s="28" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="GV1" s="29"/>
       <c r="GW1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="GX1" s="30" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="26">
         <v>2</v>
       </c>
       <c r="B2" s="25" t="str">
         <f>IF(BG2&gt;0,BG2,"")</f>
         <v/>
       </c>
       <c r="D2" s="25" t="str">
         <f t="shared" ref="D2:D9" si="0">IF(BM2&gt;0,BM2,"")</f>
         <v/>
       </c>
       <c r="F2" s="25" t="str">
         <f t="shared" ref="F2:F9" si="1">IF(BS2&gt;0,BS2,"")</f>
         <v/>
       </c>
       <c r="H2" s="25" t="str">
         <f>IF(BS2&gt;0,BS2,"")</f>
         <v/>
       </c>
       <c r="J2" s="25" t="str">
         <f t="shared" ref="J2:J9" si="2">IF(CE2&gt;0,CE2,"")</f>
         <v/>
       </c>
       <c r="L2" s="25" t="str">
         <f t="shared" ref="L2:L9" si="3">IF(CK2&gt;0,CK2,"")</f>
@@ -11019,51 +11072,51 @@
         <v>171</v>
       </c>
       <c r="GO2" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$255</f>
         <v>0</v>
       </c>
       <c r="GP2" s="34"/>
       <c r="GQ2" s="33"/>
       <c r="GR2" s="35"/>
       <c r="GT2" s="32">
         <v>179</v>
       </c>
       <c r="GU2" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$265</f>
         <v>0</v>
       </c>
       <c r="GV2" s="34"/>
       <c r="GW2" s="33">
         <v>186</v>
       </c>
       <c r="GX2" s="35">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$273</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26">
         <v>3</v>
       </c>
       <c r="B3" s="25" t="str">
         <f t="shared" ref="B3:B9" si="29">IF(BG3&gt;0,BG3,"")</f>
         <v/>
       </c>
       <c r="D3" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F3" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H3" s="25" t="str">
         <f t="shared" ref="H3:H9" si="30">IF(BS3&gt;0,BS3,"")</f>
         <v/>
       </c>
       <c r="J3" s="25" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L3" s="25" t="str">
         <f t="shared" si="3"/>
@@ -11328,51 +11381,51 @@
       <c r="GI3" s="33"/>
       <c r="GJ3" s="34"/>
       <c r="GK3" s="33">
         <v>163</v>
       </c>
       <c r="GL3" s="35">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$245</f>
         <v>0</v>
       </c>
       <c r="GN3" s="32"/>
       <c r="GO3" s="33"/>
       <c r="GP3" s="34"/>
       <c r="GQ3" s="33"/>
       <c r="GR3" s="35"/>
       <c r="GT3" s="32">
         <v>178</v>
       </c>
       <c r="GU3" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$264</f>
         <v>0</v>
       </c>
       <c r="GV3" s="34"/>
       <c r="GW3" s="33"/>
       <c r="GX3" s="35"/>
     </row>
-    <row r="4" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26">
         <v>4</v>
       </c>
       <c r="B4" s="25" t="str">
         <f t="shared" si="29"/>
         <v/>
       </c>
       <c r="D4" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F4" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H4" s="25" t="str">
         <f t="shared" si="30"/>
         <v/>
       </c>
       <c r="J4" s="25" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L4" s="25" t="str">
         <f t="shared" si="3"/>
@@ -11727,51 +11780,51 @@
         <v>170</v>
       </c>
       <c r="GO4" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$254</f>
         <v>0</v>
       </c>
       <c r="GP4" s="34"/>
       <c r="GQ4" s="33"/>
       <c r="GR4" s="35"/>
       <c r="GT4" s="32">
         <v>177</v>
       </c>
       <c r="GU4" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$263</f>
         <v>0</v>
       </c>
       <c r="GV4" s="34"/>
       <c r="GW4" s="33">
         <v>185</v>
       </c>
       <c r="GX4" s="35">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$272</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="26">
         <v>5</v>
       </c>
       <c r="B5" s="25" t="str">
         <f t="shared" si="29"/>
         <v/>
       </c>
       <c r="D5" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F5" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H5" s="25" t="str">
         <f t="shared" si="30"/>
         <v/>
       </c>
       <c r="J5" s="25" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L5" s="25" t="str">
         <f t="shared" si="3"/>
@@ -12081,51 +12134,51 @@
         <v>169</v>
       </c>
       <c r="GO5" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$253</f>
         <v>0</v>
       </c>
       <c r="GP5" s="34"/>
       <c r="GQ5" s="33"/>
       <c r="GR5" s="35"/>
       <c r="GT5" s="32">
         <v>176</v>
       </c>
       <c r="GU5" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$262</f>
         <v>0</v>
       </c>
       <c r="GV5" s="34"/>
       <c r="GW5" s="33">
         <v>184</v>
       </c>
       <c r="GX5" s="35">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$271</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="6" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="26">
         <v>6</v>
       </c>
       <c r="B6" s="25" t="str">
         <f t="shared" si="29"/>
         <v/>
       </c>
       <c r="D6" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F6" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H6" s="25" t="str">
         <f t="shared" si="30"/>
         <v/>
       </c>
       <c r="J6" s="25" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L6" s="25" t="str">
         <f t="shared" si="3"/>
@@ -12495,51 +12548,51 @@
         <v>168</v>
       </c>
       <c r="GO6" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$252</f>
         <v>0</v>
       </c>
       <c r="GP6" s="34"/>
       <c r="GQ6" s="33"/>
       <c r="GR6" s="35"/>
       <c r="GT6" s="32">
         <v>175</v>
       </c>
       <c r="GU6" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$261</f>
         <v>0</v>
       </c>
       <c r="GV6" s="34"/>
       <c r="GW6" s="33">
         <v>183</v>
       </c>
       <c r="GX6" s="35">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$270</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="7" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="26">
         <v>7</v>
       </c>
       <c r="B7" s="25" t="str">
         <f t="shared" si="29"/>
         <v/>
       </c>
       <c r="D7" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F7" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H7" s="25" t="str">
         <f t="shared" si="30"/>
         <v/>
       </c>
       <c r="J7" s="25" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L7" s="25" t="str">
         <f t="shared" si="3"/>
@@ -12854,51 +12907,51 @@
         <v>167</v>
       </c>
       <c r="GO7" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$251</f>
         <v>0</v>
       </c>
       <c r="GP7" s="34"/>
       <c r="GQ7" s="33"/>
       <c r="GR7" s="35"/>
       <c r="GT7" s="32">
         <v>174</v>
       </c>
       <c r="GU7" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$260</f>
         <v>0</v>
       </c>
       <c r="GV7" s="34"/>
       <c r="GW7" s="33">
         <v>182</v>
       </c>
       <c r="GX7" s="35">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$269</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="8" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="26">
         <v>8</v>
       </c>
       <c r="B8" s="25" t="str">
         <f t="shared" si="29"/>
         <v/>
       </c>
       <c r="D8" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F8" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H8" s="25" t="str">
         <f t="shared" si="30"/>
         <v/>
       </c>
       <c r="J8" s="25" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L8" s="25" t="str">
         <f t="shared" si="3"/>
@@ -13263,51 +13316,51 @@
         <v>166</v>
       </c>
       <c r="GO8" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$250</f>
         <v>0</v>
       </c>
       <c r="GP8" s="34"/>
       <c r="GQ8" s="33"/>
       <c r="GR8" s="35"/>
       <c r="GT8" s="32">
         <v>173</v>
       </c>
       <c r="GU8" s="33">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$259</f>
         <v>0</v>
       </c>
       <c r="GV8" s="34"/>
       <c r="GW8" s="33">
         <v>181</v>
       </c>
       <c r="GX8" s="35">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$268</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="9" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="26">
         <v>9</v>
       </c>
       <c r="B9" s="25" t="str">
         <f t="shared" si="29"/>
         <v/>
       </c>
       <c r="D9" s="25" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F9" s="25" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H9" s="25" t="str">
         <f t="shared" si="30"/>
         <v/>
       </c>
       <c r="J9" s="25" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L9" s="25" t="str">
         <f t="shared" si="3"/>
@@ -13607,51 +13660,51 @@
         <v>165</v>
       </c>
       <c r="GO9" s="37">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$249</f>
         <v>0</v>
       </c>
       <c r="GP9" s="38"/>
       <c r="GQ9" s="37"/>
       <c r="GR9" s="39"/>
       <c r="GT9" s="36">
         <v>172</v>
       </c>
       <c r="GU9" s="37">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$258</f>
         <v>0</v>
       </c>
       <c r="GV9" s="38"/>
       <c r="GW9" s="37">
         <v>180</v>
       </c>
       <c r="GX9" s="39">
         <f>'B_Eingabe_Einschätzung_04-05'!$C$267</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:275" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="10" spans="1:275" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="45">
         <v>1</v>
       </c>
       <c r="C10" s="25">
         <v>2</v>
       </c>
       <c r="D10" s="45">
         <v>3</v>
       </c>
       <c r="E10" s="25">
         <v>4</v>
       </c>
       <c r="F10" s="45">
         <v>5</v>
       </c>
       <c r="G10" s="25">
         <v>6</v>
       </c>
       <c r="H10" s="46">
         <v>7</v>
       </c>
       <c r="I10" s="25">
         <v>8</v>
       </c>
       <c r="J10" s="46">
@@ -13859,53 +13912,53 @@
       <c r="FN10" s="3"/>
       <c r="FP10" s="3"/>
       <c r="FQ10" s="3"/>
       <c r="FR10" s="3"/>
       <c r="FS10" s="3"/>
       <c r="FT10" s="3"/>
       <c r="FV10" s="2"/>
       <c r="FW10" s="2"/>
       <c r="FX10" s="2"/>
       <c r="FY10" s="2"/>
       <c r="FZ10" s="2"/>
       <c r="GA10" s="2"/>
       <c r="GB10" s="2"/>
       <c r="GC10" s="2"/>
       <c r="GE10" s="2"/>
       <c r="GF10" s="2"/>
       <c r="GN10" s="2"/>
       <c r="GO10" s="2"/>
       <c r="GP10" s="2"/>
       <c r="GQ10" s="3"/>
       <c r="GR10" s="3"/>
       <c r="GS10" s="3"/>
       <c r="GT10" s="3"/>
       <c r="GU10" s="3"/>
     </row>
-    <row r="11" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="11" spans="1:275" s="25" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="BF11" s="58" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="BG11" s="45" t="str">
         <f>SUBSTITUTE(ADDRESS(1,COLUMN(),4),1,)</f>
         <v>BG</v>
       </c>
       <c r="BJ11" s="25" t="str">
         <f>SUBSTITUTE(ADDRESS(1,COLUMN(),4),1,)</f>
         <v>BJ</v>
       </c>
       <c r="BM11" s="45" t="str">
         <f>SUBSTITUTE(ADDRESS(1,COLUMN(),4),1,)</f>
         <v>BM</v>
       </c>
       <c r="BP11" s="25" t="str">
         <f>SUBSTITUTE(ADDRESS(1,COLUMN(),4),1,)</f>
         <v>BP</v>
       </c>
       <c r="BS11" s="45" t="str">
         <f>SUBSTITUTE(ADDRESS(1,COLUMN(),4),1,)</f>
         <v>BS</v>
       </c>
       <c r="BV11" s="25" t="str">
         <f>SUBSTITUTE(ADDRESS(1,COLUMN(),4),1,)</f>
         <v>BV</v>
       </c>
@@ -14172,51 +14225,51 @@
       <c r="IR11" s="3"/>
       <c r="IS11" s="3"/>
       <c r="IT11" s="3"/>
       <c r="IU11" s="3"/>
       <c r="IV11" s="3"/>
       <c r="IW11" s="3"/>
       <c r="IX11" s="3"/>
       <c r="IY11" s="3"/>
       <c r="IZ11" s="3"/>
       <c r="JA11" s="3"/>
       <c r="JB11" s="3"/>
       <c r="JC11" s="3"/>
       <c r="JD11" s="3"/>
       <c r="JE11" s="3"/>
       <c r="JF11" s="3"/>
       <c r="JG11" s="3"/>
       <c r="JH11" s="3"/>
       <c r="JI11" s="3"/>
       <c r="JJ11" s="3"/>
       <c r="JK11" s="3"/>
       <c r="JL11" s="3"/>
       <c r="JM11" s="3"/>
       <c r="JN11" s="3"/>
       <c r="JO11" s="3"/>
     </row>
-    <row r="12" spans="1:275" ht="14.1" x14ac:dyDescent="0.5">
+    <row r="12" spans="1:275" ht="14.4" x14ac:dyDescent="0.3">
       <c r="BG12" s="45">
         <f>+B10</f>
         <v>1</v>
       </c>
       <c r="BH12" s="1"/>
       <c r="BJ12" s="25">
         <v>2</v>
       </c>
       <c r="BL12" s="1"/>
       <c r="BM12" s="45">
         <v>3</v>
       </c>
       <c r="BN12" s="1"/>
       <c r="BP12" s="25">
         <v>4</v>
       </c>
       <c r="BR12" s="1"/>
       <c r="BS12" s="45">
         <v>5</v>
       </c>
       <c r="BT12" s="1"/>
       <c r="BV12" s="25">
         <v>6</v>
       </c>
       <c r="BW12" s="3"/>
@@ -14415,55 +14468,55 @@
       <c r="GK12" s="3"/>
       <c r="GL12" s="50">
         <v>46</v>
       </c>
       <c r="GM12" s="3"/>
       <c r="GN12" s="3"/>
       <c r="GO12" s="50">
         <v>47</v>
       </c>
       <c r="GP12" s="3"/>
       <c r="GQ12" s="3"/>
       <c r="GR12" s="25">
         <v>48</v>
       </c>
       <c r="GS12" s="3"/>
       <c r="GT12" s="3"/>
       <c r="GU12" s="50">
         <v>49</v>
       </c>
       <c r="GV12" s="3"/>
       <c r="GW12" s="3"/>
       <c r="GX12" s="50">
         <v>50</v>
       </c>
     </row>
-    <row r="13" spans="1:275" s="5" customFormat="1" ht="22.2" x14ac:dyDescent="0.5">
+    <row r="13" spans="1:275" s="5" customFormat="1" ht="23.4" x14ac:dyDescent="0.3">
       <c r="E13" s="13"/>
       <c r="F13" s="13"/>
       <c r="H13" s="11" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="BF13" s="7"/>
       <c r="BG13" s="7"/>
       <c r="BH13" s="7"/>
       <c r="BI13" s="7"/>
       <c r="BJ13" s="7"/>
       <c r="BK13" s="7"/>
       <c r="BL13" s="7"/>
       <c r="BM13" s="7"/>
       <c r="BN13" s="7"/>
       <c r="BO13" s="7"/>
       <c r="BP13" s="7"/>
       <c r="BQ13" s="7"/>
       <c r="BR13" s="7"/>
       <c r="BS13" s="7"/>
       <c r="BT13" s="7"/>
       <c r="BU13" s="7"/>
       <c r="BV13" s="7"/>
       <c r="BW13" s="7"/>
       <c r="BX13" s="7"/>
       <c r="BY13" s="7"/>
       <c r="BZ13" s="7"/>
       <c r="CA13" s="7"/>
       <c r="CB13" s="7"/>
       <c r="CC13" s="7"/>
@@ -14570,61 +14623,61 @@
       <c r="GA13" s="44"/>
       <c r="GB13" s="44"/>
       <c r="GC13" s="44"/>
       <c r="GD13" s="44"/>
       <c r="GE13" s="44"/>
       <c r="GF13" s="44"/>
       <c r="GG13" s="44"/>
       <c r="GH13" s="44"/>
       <c r="GI13" s="44"/>
       <c r="GJ13" s="44"/>
       <c r="GK13" s="44"/>
       <c r="GL13" s="44"/>
       <c r="GM13" s="44"/>
       <c r="GN13" s="44"/>
       <c r="GO13" s="44"/>
       <c r="GP13" s="44"/>
       <c r="GQ13" s="44"/>
       <c r="GR13" s="44"/>
       <c r="GS13" s="44"/>
       <c r="GT13" s="44"/>
       <c r="GU13" s="44"/>
       <c r="GV13" s="44"/>
       <c r="GW13" s="44"/>
       <c r="GX13" s="44"/>
     </row>
-    <row r="14" spans="1:275" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.5">
+    <row r="14" spans="1:275" s="5" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="E14" s="13"/>
       <c r="F14" s="13"/>
       <c r="H14" s="12" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="BD14" s="5" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="BF14" s="60" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="BG14" s="60"/>
       <c r="BH14" s="60"/>
       <c r="BI14" s="60"/>
       <c r="BJ14" s="60"/>
       <c r="BK14" s="7"/>
       <c r="BL14" s="7"/>
       <c r="BM14" s="7"/>
       <c r="BN14" s="7"/>
       <c r="BO14" s="7"/>
       <c r="BP14" s="7"/>
       <c r="BQ14" s="7"/>
       <c r="BR14" s="7"/>
       <c r="BS14" s="7"/>
       <c r="BT14" s="7"/>
       <c r="BU14" s="7"/>
       <c r="BV14" s="7"/>
       <c r="BW14" s="7"/>
       <c r="BX14" s="7"/>
       <c r="BY14" s="7"/>
       <c r="BZ14" s="7"/>
       <c r="CA14" s="7"/>
       <c r="CB14" s="7"/>
       <c r="CC14" s="7"/>
       <c r="CD14" s="7"/>
@@ -14690,56 +14743,56 @@
       <c r="GA14" s="7"/>
       <c r="GB14" s="7"/>
       <c r="GC14" s="7"/>
       <c r="GD14" s="7"/>
       <c r="GE14" s="7"/>
       <c r="GF14" s="7"/>
       <c r="GG14" s="7"/>
       <c r="GH14" s="7"/>
       <c r="GI14" s="7"/>
       <c r="GJ14" s="7"/>
       <c r="GK14" s="7"/>
       <c r="GL14" s="7"/>
       <c r="GM14" s="7"/>
       <c r="GN14" s="7"/>
       <c r="GO14" s="8"/>
       <c r="GP14" s="7"/>
       <c r="GQ14" s="7"/>
       <c r="GR14" s="8"/>
       <c r="GS14" s="7"/>
       <c r="GT14" s="7"/>
       <c r="GU14" s="8"/>
       <c r="GV14" s="7"/>
       <c r="GW14" s="7"/>
       <c r="GX14" s="8"/>
     </row>
-    <row r="15" spans="1:275" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.5">
+    <row r="15" spans="1:275" s="6" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="AZ15" s="5"/>
       <c r="BF15" s="60" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="BG15" s="61"/>
       <c r="BH15" s="61"/>
       <c r="BI15" s="60"/>
       <c r="BJ15" s="61"/>
       <c r="BK15" s="7"/>
       <c r="BL15" s="7"/>
       <c r="BM15" s="7"/>
       <c r="BN15" s="7"/>
       <c r="BO15" s="7"/>
       <c r="BP15" s="7"/>
       <c r="BQ15" s="7"/>
       <c r="BR15" s="7"/>
       <c r="BS15" s="7"/>
       <c r="BT15" s="7"/>
       <c r="BU15" s="7"/>
       <c r="BV15" s="7"/>
       <c r="BW15" s="7"/>
       <c r="BX15" s="7"/>
       <c r="BY15" s="7"/>
       <c r="BZ15" s="7"/>
       <c r="CA15" s="7"/>
       <c r="CB15" s="7"/>
       <c r="CC15" s="7"/>
       <c r="CD15" s="7"/>
@@ -14846,85 +14899,85 @@
       <c r="GA15" s="9"/>
       <c r="GB15" s="9"/>
       <c r="GC15" s="9"/>
       <c r="GD15" s="9"/>
       <c r="GE15" s="9"/>
       <c r="GF15" s="9"/>
       <c r="GG15" s="9"/>
       <c r="GH15" s="9"/>
       <c r="GI15" s="9"/>
       <c r="GJ15" s="9"/>
       <c r="GK15" s="9"/>
       <c r="GL15" s="9"/>
       <c r="GM15" s="9"/>
       <c r="GN15" s="9"/>
       <c r="GO15" s="10"/>
       <c r="GP15" s="9"/>
       <c r="GQ15" s="9"/>
       <c r="GR15" s="10"/>
       <c r="GS15" s="9"/>
       <c r="GT15" s="9"/>
       <c r="GU15" s="10"/>
       <c r="GV15" s="9"/>
       <c r="GW15" s="9"/>
       <c r="GX15" s="10"/>
     </row>
-    <row r="16" spans="1:275" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.5">
+    <row r="16" spans="1:275" s="6" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="E16" s="13"/>
       <c r="F16" s="13"/>
       <c r="I16" s="19" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="J16" s="230" t="str">
+        <v>27</v>
+      </c>
+      <c r="J16" s="191" t="str">
         <f>IF(ISBLANK(A_Orientierung!B4),"",A_Orientierung!B4)</f>
         <v/>
       </c>
-      <c r="K16" s="230"/>
-[...3 lines deleted...]
-      <c r="O16" s="230"/>
+      <c r="K16" s="191"/>
+      <c r="L16" s="191"/>
+      <c r="M16" s="191"/>
+      <c r="N16" s="191"/>
+      <c r="O16" s="191"/>
       <c r="Q16" s="18" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="R16" s="230" t="str">
+        <v>37</v>
+      </c>
+      <c r="R16" s="191" t="str">
         <f>IF(ISBLANK(A_Orientierung!B6),"",A_Orientierung!B6)</f>
         <v/>
       </c>
-      <c r="S16" s="230"/>
-[...3 lines deleted...]
-      <c r="W16" s="230"/>
+      <c r="S16" s="191"/>
+      <c r="T16" s="191"/>
+      <c r="U16" s="191"/>
+      <c r="V16" s="191"/>
+      <c r="W16" s="191"/>
       <c r="Z16" s="18" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="AA16" s="228" t="str">
+        <v>33</v>
+      </c>
+      <c r="AA16" s="199" t="str">
         <f>IF(ISBLANK(A_Orientierung!B8),"",A_Orientierung!B8)</f>
         <v/>
       </c>
-      <c r="AB16" s="228"/>
+      <c r="AB16" s="199"/>
       <c r="AZ16" s="5"/>
       <c r="BF16" s="7"/>
       <c r="BG16" s="7"/>
       <c r="BH16" s="7"/>
       <c r="BI16" s="7"/>
       <c r="BJ16" s="7"/>
       <c r="BK16" s="7"/>
       <c r="BL16" s="7"/>
       <c r="BM16" s="7"/>
       <c r="BN16" s="7"/>
       <c r="BO16" s="7"/>
       <c r="BP16" s="7"/>
       <c r="BQ16" s="7"/>
       <c r="BR16" s="7"/>
       <c r="BS16" s="7"/>
       <c r="BT16" s="7"/>
       <c r="BU16" s="7"/>
       <c r="BV16" s="7"/>
       <c r="BW16" s="7"/>
       <c r="BX16" s="7"/>
       <c r="BY16" s="7"/>
       <c r="BZ16" s="7"/>
       <c r="CA16" s="7"/>
       <c r="CB16" s="7"/>
       <c r="CC16" s="7"/>
@@ -15032,1063 +15085,1063 @@
       <c r="GA16" s="9"/>
       <c r="GB16" s="9"/>
       <c r="GC16" s="9"/>
       <c r="GD16" s="9"/>
       <c r="GE16" s="9"/>
       <c r="GF16" s="9"/>
       <c r="GG16" s="9"/>
       <c r="GH16" s="9"/>
       <c r="GI16" s="9"/>
       <c r="GJ16" s="9"/>
       <c r="GK16" s="9"/>
       <c r="GL16" s="9"/>
       <c r="GM16" s="9"/>
       <c r="GN16" s="9"/>
       <c r="GO16" s="10"/>
       <c r="GP16" s="9"/>
       <c r="GQ16" s="9"/>
       <c r="GR16" s="10"/>
       <c r="GS16" s="9"/>
       <c r="GT16" s="9"/>
       <c r="GU16" s="10"/>
       <c r="GV16" s="9"/>
       <c r="GW16" s="9"/>
       <c r="GX16" s="10"/>
     </row>
-    <row r="17" spans="1:62" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.55000000000000004">
+    <row r="17" spans="1:62" s="6" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B17" s="5"/>
       <c r="I17" s="20" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="J17" s="228" t="str">
+        <v>28</v>
+      </c>
+      <c r="J17" s="199" t="str">
         <f>IF(ISBLANK(A_Orientierung!B5),"",A_Orientierung!B5)</f>
         <v/>
       </c>
-      <c r="K17" s="228"/>
+      <c r="K17" s="199"/>
       <c r="L17" s="24" t="str">
         <f>A_Orientierung!E5</f>
         <v>0 Jahre und 0 Monat</v>
       </c>
       <c r="Q17" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="R17" s="191" t="str">
+        <f>IF(ISBLANK(A_Orientierung!B7),"",A_Orientierung!B7)</f>
+        <v/>
+      </c>
+      <c r="S17" s="191"/>
+      <c r="T17" s="191"/>
+      <c r="U17" s="191"/>
+      <c r="V17" s="191"/>
+      <c r="W17" s="191"/>
+      <c r="Z17" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="R17" s="230" t="str">
-[...11 lines deleted...]
-      <c r="AA17" s="230" t="str">
+      <c r="AA17" s="191" t="str">
         <f>IF(ISBLANK(A_Orientierung!B9),"",A_Orientierung!B9)</f>
         <v/>
       </c>
-      <c r="AB17" s="230"/>
+      <c r="AB17" s="191"/>
       <c r="BD17" s="5" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="BF17" s="60" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="BG17" s="60"/>
       <c r="BH17" s="60"/>
       <c r="BI17" s="43"/>
       <c r="BJ17" s="43"/>
     </row>
-    <row r="18" spans="1:62" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.55000000000000004">
+    <row r="18" spans="1:62" s="6" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="BF18" s="60" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="BG18" s="61"/>
       <c r="BH18" s="61"/>
       <c r="BI18" s="43"/>
       <c r="BJ18" s="43"/>
     </row>
-    <row r="19" spans="1:62" ht="12.6" x14ac:dyDescent="0.45"/>
-[...1 lines deleted...]
-      <c r="B20" s="186">
+    <row r="19" spans="1:62" ht="13.8" x14ac:dyDescent="0.3"/>
+    <row r="20" spans="1:62" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="170">
         <v>8</v>
       </c>
-      <c r="C20" s="187"/>
-      <c r="D20" s="186">
+      <c r="C20" s="171"/>
+      <c r="D20" s="170">
         <v>16</v>
       </c>
-      <c r="E20" s="187"/>
-      <c r="F20" s="186">
+      <c r="E20" s="171"/>
+      <c r="F20" s="170">
         <v>24</v>
       </c>
-      <c r="G20" s="218"/>
-      <c r="H20" s="208">
+      <c r="G20" s="236"/>
+      <c r="H20" s="233">
         <v>32</v>
       </c>
-      <c r="I20" s="187"/>
-      <c r="J20" s="186">
+      <c r="I20" s="171"/>
+      <c r="J20" s="170">
         <v>40</v>
       </c>
-      <c r="K20" s="187"/>
-      <c r="L20" s="186">
+      <c r="K20" s="171"/>
+      <c r="L20" s="170">
         <v>48</v>
       </c>
-      <c r="M20" s="187"/>
-      <c r="N20" s="188">
+      <c r="M20" s="171"/>
+      <c r="N20" s="217">
         <v>54</v>
       </c>
-      <c r="O20" s="189"/>
-      <c r="P20" s="165">
+      <c r="O20" s="229"/>
+      <c r="P20" s="215">
         <v>58</v>
       </c>
-      <c r="Q20" s="214">
+      <c r="Q20" s="239">
         <v>63</v>
       </c>
-      <c r="R20" s="212">
+      <c r="R20" s="228">
         <v>67</v>
       </c>
-      <c r="S20" s="189"/>
-      <c r="T20" s="188">
+      <c r="S20" s="229"/>
+      <c r="T20" s="217">
         <v>71</v>
       </c>
-      <c r="U20" s="189"/>
-      <c r="V20" s="188">
+      <c r="U20" s="229"/>
+      <c r="V20" s="217">
         <v>75</v>
       </c>
-      <c r="W20" s="196"/>
+      <c r="W20" s="218"/>
       <c r="X20" s="51">
         <v>83</v>
       </c>
-      <c r="Y20" s="165">
+      <c r="Y20" s="215">
         <v>89</v>
       </c>
-      <c r="Z20" s="165">
+      <c r="Z20" s="215">
         <v>96</v>
       </c>
-      <c r="AA20" s="165">
+      <c r="AA20" s="215">
         <v>103</v>
       </c>
-      <c r="AB20" s="186">
+      <c r="AB20" s="170">
         <v>109</v>
       </c>
-      <c r="AC20" s="187"/>
-      <c r="AD20" s="188">
+      <c r="AC20" s="171"/>
+      <c r="AD20" s="217">
         <v>112</v>
       </c>
-      <c r="AE20" s="189"/>
-      <c r="AF20" s="188">
+      <c r="AE20" s="229"/>
+      <c r="AF20" s="217">
         <v>115</v>
       </c>
-      <c r="AG20" s="196"/>
-      <c r="AH20" s="212">
+      <c r="AG20" s="218"/>
+      <c r="AH20" s="228">
         <v>122</v>
       </c>
-      <c r="AI20" s="189"/>
-      <c r="AJ20" s="188">
+      <c r="AI20" s="229"/>
+      <c r="AJ20" s="217">
         <v>129</v>
       </c>
-      <c r="AK20" s="189"/>
-      <c r="AL20" s="188">
+      <c r="AK20" s="229"/>
+      <c r="AL20" s="217">
         <v>134</v>
       </c>
-      <c r="AM20" s="189"/>
-      <c r="AN20" s="188">
+      <c r="AM20" s="229"/>
+      <c r="AN20" s="217">
         <v>140</v>
       </c>
-      <c r="AO20" s="196"/>
-      <c r="AP20" s="193">
+      <c r="AO20" s="218"/>
+      <c r="AP20" s="254">
         <v>144</v>
       </c>
-      <c r="AQ20" s="165">
+      <c r="AQ20" s="215">
         <v>147</v>
       </c>
-      <c r="AR20" s="188">
+      <c r="AR20" s="217">
         <v>151</v>
       </c>
-      <c r="AS20" s="196"/>
-      <c r="AT20" s="193">
+      <c r="AS20" s="218"/>
+      <c r="AT20" s="254">
         <v>156</v>
       </c>
       <c r="AU20" s="14">
         <v>164</v>
       </c>
-      <c r="AV20" s="188">
+      <c r="AV20" s="217">
         <v>171</v>
       </c>
-      <c r="AW20" s="189"/>
+      <c r="AW20" s="229"/>
       <c r="AX20" s="14">
         <v>179</v>
       </c>
-      <c r="AY20" s="165">
+      <c r="AY20" s="215">
         <v>186</v>
       </c>
     </row>
-    <row r="21" spans="1:62" ht="68.400000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B21" s="184">
+    <row r="21" spans="1:62" ht="68.400000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="172">
         <v>7</v>
       </c>
-      <c r="C21" s="185"/>
-      <c r="D21" s="184">
+      <c r="C21" s="173"/>
+      <c r="D21" s="172">
         <v>15</v>
       </c>
-      <c r="E21" s="185"/>
-      <c r="F21" s="184">
+      <c r="E21" s="173"/>
+      <c r="F21" s="172">
         <v>23</v>
       </c>
-      <c r="G21" s="204"/>
-      <c r="H21" s="207">
+      <c r="G21" s="237"/>
+      <c r="H21" s="232">
         <v>31</v>
       </c>
-      <c r="I21" s="185"/>
-      <c r="J21" s="184">
+      <c r="I21" s="173"/>
+      <c r="J21" s="172">
         <v>39</v>
       </c>
-      <c r="K21" s="185"/>
-      <c r="L21" s="184">
+      <c r="K21" s="173"/>
+      <c r="L21" s="172">
         <v>47</v>
       </c>
-      <c r="M21" s="185"/>
-[...9 lines deleted...]
-      <c r="W21" s="170"/>
+      <c r="M21" s="173"/>
+      <c r="N21" s="219"/>
+      <c r="O21" s="231"/>
+      <c r="P21" s="222"/>
+      <c r="Q21" s="240"/>
+      <c r="R21" s="230"/>
+      <c r="S21" s="231"/>
+      <c r="T21" s="219"/>
+      <c r="U21" s="231"/>
+      <c r="V21" s="219"/>
+      <c r="W21" s="220"/>
       <c r="X21" s="67">
         <v>82</v>
       </c>
-      <c r="Y21" s="166"/>
-[...2 lines deleted...]
-      <c r="AB21" s="184">
+      <c r="Y21" s="216"/>
+      <c r="Z21" s="216"/>
+      <c r="AA21" s="216"/>
+      <c r="AB21" s="172">
         <v>108</v>
       </c>
-      <c r="AC21" s="185"/>
-[...16 lines deleted...]
-      <c r="AT21" s="177"/>
+      <c r="AC21" s="173"/>
+      <c r="AD21" s="224"/>
+      <c r="AE21" s="238"/>
+      <c r="AF21" s="224"/>
+      <c r="AG21" s="225"/>
+      <c r="AH21" s="230"/>
+      <c r="AI21" s="231"/>
+      <c r="AJ21" s="219"/>
+      <c r="AK21" s="231"/>
+      <c r="AL21" s="219"/>
+      <c r="AM21" s="231"/>
+      <c r="AN21" s="219"/>
+      <c r="AO21" s="220"/>
+      <c r="AP21" s="253"/>
+      <c r="AQ21" s="216"/>
+      <c r="AR21" s="219"/>
+      <c r="AS21" s="220"/>
+      <c r="AT21" s="253"/>
       <c r="AU21" s="68">
         <v>163</v>
       </c>
-      <c r="AV21" s="169"/>
-      <c r="AW21" s="190"/>
+      <c r="AV21" s="219"/>
+      <c r="AW21" s="231"/>
       <c r="AX21" s="68">
         <v>178</v>
       </c>
-      <c r="AY21" s="166"/>
-[...2 lines deleted...]
-      <c r="B22" s="173">
+      <c r="AY21" s="216"/>
+    </row>
+    <row r="22" spans="1:62" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="200">
         <v>6</v>
       </c>
-      <c r="C22" s="181"/>
-      <c r="D22" s="173">
+      <c r="C22" s="190"/>
+      <c r="D22" s="200">
         <v>14</v>
       </c>
-      <c r="E22" s="181"/>
-      <c r="F22" s="173">
+      <c r="E22" s="190"/>
+      <c r="F22" s="200">
         <v>22</v>
       </c>
-      <c r="G22" s="174"/>
-      <c r="H22" s="180">
+      <c r="G22" s="221"/>
+      <c r="H22" s="189">
         <v>30</v>
       </c>
-      <c r="I22" s="181"/>
-      <c r="J22" s="173">
+      <c r="I22" s="190"/>
+      <c r="J22" s="200">
         <v>38</v>
       </c>
-      <c r="K22" s="181"/>
-      <c r="L22" s="173">
+      <c r="K22" s="190"/>
+      <c r="L22" s="200">
         <v>46</v>
       </c>
-      <c r="M22" s="181"/>
-      <c r="N22" s="173">
+      <c r="M22" s="190"/>
+      <c r="N22" s="200">
         <v>53</v>
       </c>
-      <c r="O22" s="181"/>
-[...1 lines deleted...]
-      <c r="Q22" s="216">
+      <c r="O22" s="190"/>
+      <c r="P22" s="222"/>
+      <c r="Q22" s="241">
         <v>62</v>
       </c>
-      <c r="R22" s="178">
+      <c r="R22" s="249">
         <v>66</v>
       </c>
-      <c r="S22" s="179"/>
-      <c r="T22" s="171">
+      <c r="S22" s="238"/>
+      <c r="T22" s="224">
         <v>70</v>
       </c>
-      <c r="U22" s="179"/>
-      <c r="V22" s="171">
+      <c r="U22" s="238"/>
+      <c r="V22" s="224">
         <v>74</v>
       </c>
-      <c r="W22" s="172"/>
+      <c r="W22" s="225"/>
       <c r="X22" s="64">
         <v>81</v>
       </c>
       <c r="Y22" s="63">
         <v>88</v>
       </c>
       <c r="Z22" s="63">
         <v>95</v>
       </c>
       <c r="AA22" s="63">
         <v>102</v>
       </c>
-      <c r="AB22" s="173">
+      <c r="AB22" s="200">
         <v>107</v>
       </c>
-      <c r="AC22" s="181"/>
-[...4 lines deleted...]
-      <c r="AH22" s="180">
+      <c r="AC22" s="190"/>
+      <c r="AD22" s="224"/>
+      <c r="AE22" s="238"/>
+      <c r="AF22" s="224"/>
+      <c r="AG22" s="225"/>
+      <c r="AH22" s="189">
         <v>121</v>
       </c>
-      <c r="AI22" s="181"/>
-      <c r="AJ22" s="173">
+      <c r="AI22" s="190"/>
+      <c r="AJ22" s="200">
         <v>128</v>
       </c>
-      <c r="AK22" s="181"/>
-      <c r="AL22" s="171">
+      <c r="AK22" s="190"/>
+      <c r="AL22" s="224">
         <v>133</v>
       </c>
-      <c r="AM22" s="179"/>
-      <c r="AN22" s="173">
+      <c r="AM22" s="238"/>
+      <c r="AN22" s="200">
         <v>139</v>
       </c>
-      <c r="AO22" s="174"/>
-      <c r="AP22" s="194">
+      <c r="AO22" s="221"/>
+      <c r="AP22" s="255">
         <v>143</v>
       </c>
-      <c r="AQ22" s="199">
+      <c r="AQ22" s="222">
         <v>146</v>
       </c>
-      <c r="AR22" s="171">
+      <c r="AR22" s="224">
         <v>150</v>
       </c>
-      <c r="AS22" s="172"/>
-      <c r="AT22" s="194">
+      <c r="AS22" s="225"/>
+      <c r="AT22" s="255">
         <v>155</v>
       </c>
       <c r="AU22" s="63">
         <v>162</v>
       </c>
-      <c r="AV22" s="173">
+      <c r="AV22" s="200">
         <v>170</v>
       </c>
-      <c r="AW22" s="181"/>
+      <c r="AW22" s="190"/>
       <c r="AX22" s="63">
         <v>177</v>
       </c>
       <c r="AY22" s="63">
         <v>185</v>
       </c>
     </row>
-    <row r="23" spans="1:62" ht="68.400000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B23" s="191">
+    <row r="23" spans="1:62" ht="68.400000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="201">
         <v>5</v>
       </c>
-      <c r="C23" s="192"/>
-      <c r="D23" s="191">
+      <c r="C23" s="188"/>
+      <c r="D23" s="201">
         <v>13</v>
       </c>
-      <c r="E23" s="192"/>
-      <c r="F23" s="191">
+      <c r="E23" s="188"/>
+      <c r="F23" s="201">
         <v>21</v>
       </c>
-      <c r="G23" s="201"/>
-      <c r="H23" s="202">
+      <c r="G23" s="234"/>
+      <c r="H23" s="187">
         <v>29</v>
       </c>
-      <c r="I23" s="192"/>
-      <c r="J23" s="191">
+      <c r="I23" s="188"/>
+      <c r="J23" s="201">
         <v>37</v>
       </c>
-      <c r="K23" s="192"/>
-      <c r="L23" s="191">
+      <c r="K23" s="188"/>
+      <c r="L23" s="201">
         <v>45</v>
       </c>
-      <c r="M23" s="192"/>
-      <c r="N23" s="191">
+      <c r="M23" s="188"/>
+      <c r="N23" s="201">
         <v>52</v>
       </c>
-      <c r="O23" s="192"/>
-[...7 lines deleted...]
-      <c r="W23" s="198"/>
+      <c r="O23" s="188"/>
+      <c r="P23" s="244"/>
+      <c r="Q23" s="242"/>
+      <c r="R23" s="250"/>
+      <c r="S23" s="251"/>
+      <c r="T23" s="226"/>
+      <c r="U23" s="251"/>
+      <c r="V23" s="226"/>
+      <c r="W23" s="227"/>
       <c r="X23" s="40">
         <v>80</v>
       </c>
       <c r="Y23" s="42">
         <v>87</v>
       </c>
       <c r="Z23" s="42">
         <v>94</v>
       </c>
       <c r="AA23" s="42">
         <v>101</v>
       </c>
-      <c r="AB23" s="191">
+      <c r="AB23" s="201">
         <v>106</v>
       </c>
-      <c r="AC23" s="192"/>
-[...4 lines deleted...]
-      <c r="AH23" s="202">
+      <c r="AC23" s="188"/>
+      <c r="AD23" s="226"/>
+      <c r="AE23" s="251"/>
+      <c r="AF23" s="226"/>
+      <c r="AG23" s="227"/>
+      <c r="AH23" s="187">
         <v>120</v>
       </c>
-      <c r="AI23" s="192"/>
-      <c r="AJ23" s="191">
+      <c r="AI23" s="188"/>
+      <c r="AJ23" s="201">
         <v>127</v>
       </c>
-      <c r="AK23" s="192"/>
-[...2 lines deleted...]
-      <c r="AN23" s="191">
+      <c r="AK23" s="188"/>
+      <c r="AL23" s="226"/>
+      <c r="AM23" s="251"/>
+      <c r="AN23" s="201">
         <v>138</v>
       </c>
-      <c r="AO23" s="201"/>
-[...4 lines deleted...]
-      <c r="AT23" s="195"/>
+      <c r="AO23" s="234"/>
+      <c r="AP23" s="256"/>
+      <c r="AQ23" s="244"/>
+      <c r="AR23" s="226"/>
+      <c r="AS23" s="227"/>
+      <c r="AT23" s="256"/>
       <c r="AU23" s="69">
         <v>161</v>
       </c>
-      <c r="AV23" s="191">
+      <c r="AV23" s="201">
         <v>169</v>
       </c>
-      <c r="AW23" s="192"/>
+      <c r="AW23" s="188"/>
       <c r="AX23" s="69">
         <v>176</v>
       </c>
       <c r="AY23" s="69">
         <v>184</v>
       </c>
     </row>
-    <row r="24" spans="1:62" ht="68.400000000000006" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="182">
+    <row r="24" spans="1:62" ht="68.400000000000006" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="202">
         <v>4</v>
       </c>
-      <c r="C24" s="183"/>
-      <c r="D24" s="182">
+      <c r="C24" s="186"/>
+      <c r="D24" s="202">
         <v>12</v>
       </c>
-      <c r="E24" s="183"/>
-      <c r="F24" s="182">
+      <c r="E24" s="186"/>
+      <c r="F24" s="202">
         <v>20</v>
       </c>
-      <c r="G24" s="205"/>
-      <c r="H24" s="206">
+      <c r="G24" s="235"/>
+      <c r="H24" s="185">
         <v>28</v>
       </c>
-      <c r="I24" s="183"/>
-      <c r="J24" s="182">
+      <c r="I24" s="186"/>
+      <c r="J24" s="202">
         <v>36</v>
       </c>
-      <c r="K24" s="183"/>
-      <c r="L24" s="182">
+      <c r="K24" s="186"/>
+      <c r="L24" s="202">
         <v>44</v>
       </c>
-      <c r="M24" s="183"/>
-      <c r="N24" s="182">
+      <c r="M24" s="186"/>
+      <c r="N24" s="202">
         <v>51</v>
       </c>
-      <c r="O24" s="183"/>
-      <c r="P24" s="175">
+      <c r="O24" s="186"/>
+      <c r="P24" s="243">
         <v>57</v>
       </c>
       <c r="Q24" s="65">
         <v>61</v>
       </c>
-      <c r="R24" s="210">
+      <c r="R24" s="245">
         <v>65</v>
       </c>
-      <c r="S24" s="209"/>
-      <c r="T24" s="167">
+      <c r="S24" s="246"/>
+      <c r="T24" s="247">
         <v>69</v>
       </c>
-      <c r="U24" s="209"/>
-      <c r="V24" s="167">
+      <c r="U24" s="246"/>
+      <c r="V24" s="247">
         <v>73</v>
       </c>
-      <c r="W24" s="168"/>
+      <c r="W24" s="248"/>
       <c r="X24" s="17">
         <v>79</v>
       </c>
       <c r="Y24" s="15">
         <v>86</v>
       </c>
       <c r="Z24" s="15">
         <v>93</v>
       </c>
       <c r="AA24" s="15">
         <v>100</v>
       </c>
-      <c r="AB24" s="167">
+      <c r="AB24" s="247">
         <v>105</v>
       </c>
-      <c r="AC24" s="209"/>
-      <c r="AD24" s="167">
+      <c r="AC24" s="246"/>
+      <c r="AD24" s="247">
         <v>111</v>
       </c>
-      <c r="AE24" s="209"/>
-      <c r="AF24" s="167">
+      <c r="AE24" s="246"/>
+      <c r="AF24" s="247">
         <v>114</v>
       </c>
-      <c r="AG24" s="168"/>
-      <c r="AH24" s="206">
+      <c r="AG24" s="248"/>
+      <c r="AH24" s="185">
         <v>119</v>
       </c>
-      <c r="AI24" s="183"/>
-      <c r="AJ24" s="182">
+      <c r="AI24" s="186"/>
+      <c r="AJ24" s="202">
         <v>126</v>
       </c>
-      <c r="AK24" s="183"/>
-      <c r="AL24" s="182">
+      <c r="AK24" s="186"/>
+      <c r="AL24" s="202">
         <v>132</v>
       </c>
-      <c r="AM24" s="183"/>
-      <c r="AN24" s="182">
+      <c r="AM24" s="186"/>
+      <c r="AN24" s="202">
         <v>137</v>
       </c>
-      <c r="AO24" s="205"/>
-      <c r="AP24" s="176">
+      <c r="AO24" s="235"/>
+      <c r="AP24" s="252">
         <v>142</v>
       </c>
-      <c r="AQ24" s="175">
+      <c r="AQ24" s="243">
         <v>145</v>
       </c>
-      <c r="AR24" s="167">
+      <c r="AR24" s="247">
         <v>149</v>
       </c>
-      <c r="AS24" s="168"/>
-      <c r="AT24" s="176">
+      <c r="AS24" s="248"/>
+      <c r="AT24" s="252">
         <v>154</v>
       </c>
       <c r="AU24" s="15">
         <v>160</v>
       </c>
-      <c r="AV24" s="182">
+      <c r="AV24" s="202">
         <v>168</v>
       </c>
-      <c r="AW24" s="183"/>
+      <c r="AW24" s="186"/>
       <c r="AX24" s="15">
         <v>175</v>
       </c>
       <c r="AY24" s="15">
         <v>183</v>
       </c>
     </row>
-    <row r="25" spans="1:62" ht="68.400000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B25" s="184">
+    <row r="25" spans="1:62" ht="68.400000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="172">
         <v>3</v>
       </c>
-      <c r="C25" s="185"/>
-      <c r="D25" s="184">
+      <c r="C25" s="173"/>
+      <c r="D25" s="172">
         <v>11</v>
       </c>
-      <c r="E25" s="185"/>
-      <c r="F25" s="184">
+      <c r="E25" s="173"/>
+      <c r="F25" s="172">
         <v>19</v>
       </c>
-      <c r="G25" s="204"/>
-      <c r="H25" s="207">
+      <c r="G25" s="237"/>
+      <c r="H25" s="232">
         <v>27</v>
       </c>
-      <c r="I25" s="185"/>
-      <c r="J25" s="184">
+      <c r="I25" s="173"/>
+      <c r="J25" s="172">
         <v>35</v>
       </c>
-      <c r="K25" s="185"/>
-      <c r="L25" s="184">
+      <c r="K25" s="173"/>
+      <c r="L25" s="172">
         <v>43</v>
       </c>
-      <c r="M25" s="185"/>
-      <c r="N25" s="184">
+      <c r="M25" s="173"/>
+      <c r="N25" s="172">
         <v>50</v>
       </c>
-      <c r="O25" s="185"/>
-      <c r="P25" s="166"/>
+      <c r="O25" s="173"/>
+      <c r="P25" s="216"/>
       <c r="Q25" s="70">
         <v>60</v>
       </c>
-      <c r="R25" s="211"/>
-[...4 lines deleted...]
-      <c r="W25" s="170"/>
+      <c r="R25" s="230"/>
+      <c r="S25" s="231"/>
+      <c r="T25" s="219"/>
+      <c r="U25" s="231"/>
+      <c r="V25" s="219"/>
+      <c r="W25" s="220"/>
       <c r="X25" s="66">
         <v>78</v>
       </c>
       <c r="Y25" s="68">
         <v>85</v>
       </c>
       <c r="Z25" s="68">
         <v>92</v>
       </c>
       <c r="AA25" s="68">
         <v>99</v>
       </c>
-      <c r="AB25" s="169"/>
-[...5 lines deleted...]
-      <c r="AH25" s="207">
+      <c r="AB25" s="219"/>
+      <c r="AC25" s="231"/>
+      <c r="AD25" s="219"/>
+      <c r="AE25" s="231"/>
+      <c r="AF25" s="219"/>
+      <c r="AG25" s="220"/>
+      <c r="AH25" s="232">
         <v>118</v>
       </c>
-      <c r="AI25" s="185"/>
-      <c r="AJ25" s="184">
+      <c r="AI25" s="173"/>
+      <c r="AJ25" s="172">
         <v>125</v>
       </c>
-      <c r="AK25" s="185"/>
-      <c r="AL25" s="184">
+      <c r="AK25" s="173"/>
+      <c r="AL25" s="172">
         <v>131</v>
       </c>
-      <c r="AM25" s="185"/>
-      <c r="AN25" s="184">
+      <c r="AM25" s="173"/>
+      <c r="AN25" s="172">
         <v>136</v>
       </c>
-      <c r="AO25" s="204"/>
-[...4 lines deleted...]
-      <c r="AT25" s="177"/>
+      <c r="AO25" s="237"/>
+      <c r="AP25" s="253"/>
+      <c r="AQ25" s="216"/>
+      <c r="AR25" s="219"/>
+      <c r="AS25" s="220"/>
+      <c r="AT25" s="253"/>
       <c r="AU25" s="68">
         <v>159</v>
       </c>
-      <c r="AV25" s="184">
+      <c r="AV25" s="172">
         <v>167</v>
       </c>
-      <c r="AW25" s="185"/>
+      <c r="AW25" s="173"/>
       <c r="AX25" s="68">
         <v>174</v>
       </c>
       <c r="AY25" s="68">
         <v>182</v>
       </c>
     </row>
-    <row r="26" spans="1:62" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B26" s="173">
+    <row r="26" spans="1:62" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="200">
         <v>2</v>
       </c>
-      <c r="C26" s="181"/>
-      <c r="D26" s="173">
+      <c r="C26" s="190"/>
+      <c r="D26" s="200">
         <v>10</v>
       </c>
-      <c r="E26" s="181"/>
-      <c r="F26" s="173">
+      <c r="E26" s="190"/>
+      <c r="F26" s="200">
         <v>18</v>
       </c>
-      <c r="G26" s="174"/>
-      <c r="H26" s="180">
+      <c r="G26" s="221"/>
+      <c r="H26" s="189">
         <v>26</v>
       </c>
-      <c r="I26" s="181"/>
-      <c r="J26" s="173">
+      <c r="I26" s="190"/>
+      <c r="J26" s="200">
         <v>34</v>
       </c>
-      <c r="K26" s="181"/>
-      <c r="L26" s="173">
+      <c r="K26" s="190"/>
+      <c r="L26" s="200">
         <v>42</v>
       </c>
-      <c r="M26" s="181"/>
-      <c r="N26" s="171">
+      <c r="M26" s="190"/>
+      <c r="N26" s="224">
         <v>49</v>
       </c>
-      <c r="O26" s="179"/>
+      <c r="O26" s="238"/>
       <c r="P26" s="62">
         <v>56</v>
       </c>
-      <c r="Q26" s="242">
+      <c r="Q26" s="174">
         <v>59</v>
       </c>
-      <c r="R26" s="178">
+      <c r="R26" s="249">
         <v>64</v>
       </c>
-      <c r="S26" s="179"/>
-      <c r="T26" s="171">
+      <c r="S26" s="238"/>
+      <c r="T26" s="224">
         <v>68</v>
       </c>
-      <c r="U26" s="179"/>
-      <c r="V26" s="171">
+      <c r="U26" s="238"/>
+      <c r="V26" s="224">
         <v>72</v>
       </c>
-      <c r="W26" s="172"/>
+      <c r="W26" s="225"/>
       <c r="X26" s="64">
         <v>77</v>
       </c>
-      <c r="Y26" s="199">
+      <c r="Y26" s="222">
         <v>84</v>
       </c>
       <c r="Z26" s="63">
         <v>91</v>
       </c>
       <c r="AA26" s="63">
         <v>98</v>
       </c>
-      <c r="AB26" s="171">
+      <c r="AB26" s="224">
         <v>104</v>
       </c>
-      <c r="AC26" s="179"/>
-      <c r="AD26" s="171">
+      <c r="AC26" s="238"/>
+      <c r="AD26" s="224">
         <v>110</v>
       </c>
-      <c r="AE26" s="179"/>
-      <c r="AF26" s="171">
+      <c r="AE26" s="238"/>
+      <c r="AF26" s="224">
         <v>113</v>
       </c>
-      <c r="AG26" s="172"/>
-      <c r="AH26" s="180">
+      <c r="AG26" s="225"/>
+      <c r="AH26" s="189">
         <v>117</v>
       </c>
-      <c r="AI26" s="181"/>
-      <c r="AJ26" s="173">
+      <c r="AI26" s="190"/>
+      <c r="AJ26" s="200">
         <v>124</v>
       </c>
-      <c r="AK26" s="181"/>
-      <c r="AL26" s="171">
+      <c r="AK26" s="190"/>
+      <c r="AL26" s="224">
         <v>130</v>
       </c>
-      <c r="AM26" s="179"/>
-      <c r="AN26" s="171">
+      <c r="AM26" s="238"/>
+      <c r="AN26" s="224">
         <v>135</v>
       </c>
-      <c r="AO26" s="172"/>
-      <c r="AP26" s="178">
+      <c r="AO26" s="225"/>
+      <c r="AP26" s="249">
         <v>141</v>
       </c>
-      <c r="AQ26" s="179"/>
-      <c r="AR26" s="171">
+      <c r="AQ26" s="238"/>
+      <c r="AR26" s="224">
         <v>148</v>
       </c>
-      <c r="AS26" s="172"/>
+      <c r="AS26" s="225"/>
       <c r="AT26" s="41">
         <v>153</v>
       </c>
       <c r="AU26" s="63">
         <v>158</v>
       </c>
-      <c r="AV26" s="173">
+      <c r="AV26" s="200">
         <v>166</v>
       </c>
-      <c r="AW26" s="181"/>
+      <c r="AW26" s="190"/>
       <c r="AX26" s="63">
         <v>173</v>
       </c>
       <c r="AY26" s="63">
         <v>181</v>
       </c>
     </row>
-    <row r="27" spans="1:62" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B27" s="186">
+    <row r="27" spans="1:62" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="170">
         <v>1</v>
       </c>
-      <c r="C27" s="187"/>
-      <c r="D27" s="186">
+      <c r="C27" s="171"/>
+      <c r="D27" s="170">
         <v>9</v>
       </c>
-      <c r="E27" s="187"/>
-      <c r="F27" s="186">
+      <c r="E27" s="171"/>
+      <c r="F27" s="170">
         <v>17</v>
       </c>
-      <c r="G27" s="218"/>
-      <c r="H27" s="208">
+      <c r="G27" s="236"/>
+      <c r="H27" s="233">
         <v>25</v>
       </c>
-      <c r="I27" s="187"/>
-      <c r="J27" s="186">
+      <c r="I27" s="171"/>
+      <c r="J27" s="170">
         <v>33</v>
       </c>
-      <c r="K27" s="187"/>
-      <c r="L27" s="186">
+      <c r="K27" s="171"/>
+      <c r="L27" s="170">
         <v>41</v>
       </c>
-      <c r="M27" s="187"/>
-[...1 lines deleted...]
-      <c r="O27" s="181"/>
+      <c r="M27" s="171"/>
+      <c r="N27" s="200"/>
+      <c r="O27" s="190"/>
       <c r="P27" s="62">
         <v>55</v>
       </c>
-      <c r="Q27" s="243"/>
-[...5 lines deleted...]
-      <c r="W27" s="174"/>
+      <c r="Q27" s="175"/>
+      <c r="R27" s="189"/>
+      <c r="S27" s="190"/>
+      <c r="T27" s="200"/>
+      <c r="U27" s="190"/>
+      <c r="V27" s="200"/>
+      <c r="W27" s="221"/>
       <c r="X27" s="41">
         <v>76</v>
       </c>
-      <c r="Y27" s="237"/>
+      <c r="Y27" s="223"/>
       <c r="Z27" s="14">
         <v>90</v>
       </c>
       <c r="AA27" s="14">
         <v>97</v>
       </c>
-      <c r="AB27" s="173"/>
-[...5 lines deleted...]
-      <c r="AH27" s="208">
+      <c r="AB27" s="200"/>
+      <c r="AC27" s="190"/>
+      <c r="AD27" s="200"/>
+      <c r="AE27" s="190"/>
+      <c r="AF27" s="200"/>
+      <c r="AG27" s="221"/>
+      <c r="AH27" s="233">
         <v>116</v>
       </c>
-      <c r="AI27" s="187"/>
-      <c r="AJ27" s="186">
+      <c r="AI27" s="171"/>
+      <c r="AJ27" s="170">
         <v>123</v>
       </c>
-      <c r="AK27" s="187"/>
-[...7 lines deleted...]
-      <c r="AS27" s="174"/>
+      <c r="AK27" s="171"/>
+      <c r="AL27" s="200"/>
+      <c r="AM27" s="190"/>
+      <c r="AN27" s="200"/>
+      <c r="AO27" s="221"/>
+      <c r="AP27" s="189"/>
+      <c r="AQ27" s="190"/>
+      <c r="AR27" s="200"/>
+      <c r="AS27" s="221"/>
       <c r="AT27" s="16">
         <v>152</v>
       </c>
       <c r="AU27" s="14">
         <v>157</v>
       </c>
-      <c r="AV27" s="186">
+      <c r="AV27" s="170">
         <v>165</v>
       </c>
-      <c r="AW27" s="187"/>
+      <c r="AW27" s="171"/>
       <c r="AX27" s="14">
         <v>172</v>
       </c>
       <c r="AY27" s="14">
         <v>180</v>
       </c>
     </row>
-    <row r="28" spans="1:62" ht="135.4" customHeight="1" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="D28" s="244" t="s">
+    <row r="28" spans="1:62" ht="135.44999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="176" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="177"/>
+      <c r="D28" s="176" t="s">
+        <v>45</v>
+      </c>
+      <c r="E28" s="177"/>
+      <c r="F28" s="176" t="s">
         <v>46</v>
       </c>
-      <c r="E28" s="245"/>
-[...4 lines deleted...]
-      <c r="H28" s="250" t="s">
+      <c r="G28" s="177"/>
+      <c r="H28" s="182" t="s">
+        <v>42</v>
+      </c>
+      <c r="I28" s="182"/>
+      <c r="J28" s="182" t="s">
         <v>43</v>
       </c>
-      <c r="I28" s="250"/>
-      <c r="J28" s="250" t="s">
+      <c r="K28" s="182"/>
+      <c r="L28" s="182" t="s">
+        <v>138</v>
+      </c>
+      <c r="M28" s="182"/>
+      <c r="N28" s="182" t="s">
+        <v>139</v>
+      </c>
+      <c r="O28" s="182"/>
+      <c r="P28" s="182" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q28" s="182"/>
+      <c r="R28" s="184" t="s">
+        <v>5</v>
+      </c>
+      <c r="S28" s="184"/>
+      <c r="T28" s="184" t="s">
         <v>44</v>
       </c>
-      <c r="K28" s="250"/>
-[...12 lines deleted...]
-      <c r="R28" s="241" t="s">
+      <c r="U28" s="184"/>
+      <c r="V28" s="184" t="s">
         <v>6</v>
       </c>
-      <c r="S28" s="241"/>
-[...4 lines deleted...]
-      <c r="V28" s="241" t="s">
+      <c r="W28" s="184"/>
+      <c r="X28" s="194" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y28" s="194"/>
+      <c r="Z28" s="194" t="s">
+        <v>141</v>
+      </c>
+      <c r="AA28" s="194"/>
+      <c r="AB28" s="194" t="s">
+        <v>13</v>
+      </c>
+      <c r="AC28" s="194"/>
+      <c r="AD28" s="194" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE28" s="194"/>
+      <c r="AF28" s="194" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG28" s="194"/>
+      <c r="AH28" s="195" t="s">
+        <v>15</v>
+      </c>
+      <c r="AI28" s="196"/>
+      <c r="AJ28" s="195" t="s">
+        <v>16</v>
+      </c>
+      <c r="AK28" s="196"/>
+      <c r="AL28" s="195" t="s">
+        <v>17</v>
+      </c>
+      <c r="AM28" s="196"/>
+      <c r="AN28" s="195" t="s">
+        <v>18</v>
+      </c>
+      <c r="AO28" s="196"/>
+      <c r="AP28" s="197" t="s">
+        <v>19</v>
+      </c>
+      <c r="AQ28" s="198"/>
+      <c r="AR28" s="197" t="s">
+        <v>142</v>
+      </c>
+      <c r="AS28" s="198"/>
+      <c r="AT28" s="192" t="s">
+        <v>20</v>
+      </c>
+      <c r="AU28" s="193"/>
+      <c r="AV28" s="192" t="s">
+        <v>21</v>
+      </c>
+      <c r="AW28" s="193"/>
+      <c r="AX28" s="192" t="s">
+        <v>22</v>
+      </c>
+      <c r="AY28" s="206"/>
+    </row>
+    <row r="29" spans="1:62" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="176"/>
+      <c r="C29" s="181"/>
+      <c r="D29" s="21"/>
+      <c r="E29" s="181"/>
+      <c r="F29" s="181"/>
+      <c r="G29" s="177"/>
+      <c r="H29" s="179"/>
+      <c r="I29" s="180"/>
+      <c r="J29" s="180"/>
+      <c r="K29" s="180"/>
+      <c r="L29" s="180"/>
+      <c r="M29" s="180"/>
+      <c r="N29" s="180"/>
+      <c r="O29" s="180"/>
+      <c r="P29" s="180"/>
+      <c r="Q29" s="183"/>
+      <c r="R29" s="178" t="s">
         <v>7</v>
       </c>
-      <c r="W28" s="241"/>
-[...52 lines deleted...]
-      <c r="AX28" s="224" t="s">
+      <c r="S29" s="178"/>
+      <c r="T29" s="178"/>
+      <c r="U29" s="178"/>
+      <c r="V29" s="178"/>
+      <c r="W29" s="178"/>
+      <c r="X29" s="209" t="s">
+        <v>8</v>
+      </c>
+      <c r="Y29" s="210"/>
+      <c r="Z29" s="210"/>
+      <c r="AA29" s="210"/>
+      <c r="AB29" s="210"/>
+      <c r="AC29" s="210"/>
+      <c r="AD29" s="210"/>
+      <c r="AE29" s="210"/>
+      <c r="AF29" s="210"/>
+      <c r="AG29" s="211"/>
+      <c r="AH29" s="212" t="s">
+        <v>9</v>
+      </c>
+      <c r="AI29" s="213"/>
+      <c r="AJ29" s="213"/>
+      <c r="AK29" s="213"/>
+      <c r="AL29" s="213"/>
+      <c r="AM29" s="213"/>
+      <c r="AN29" s="213"/>
+      <c r="AO29" s="214"/>
+      <c r="AP29" s="203" t="s">
+        <v>10</v>
+      </c>
+      <c r="AQ29" s="204"/>
+      <c r="AR29" s="204"/>
+      <c r="AS29" s="205"/>
+      <c r="AT29" s="207" t="s">
+        <v>11</v>
+      </c>
+      <c r="AU29" s="208"/>
+      <c r="AV29" s="208"/>
+      <c r="AW29" s="208"/>
+      <c r="AX29" s="208"/>
+      <c r="AY29" s="208"/>
+    </row>
+    <row r="30" spans="1:62" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="2" t="s">
         <v>23</v>
-      </c>
-[...69 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C30" s="2">
         <v>244</v>
       </c>
       <c r="E30" s="2">
         <v>176</v>
       </c>
       <c r="G30" s="2">
         <v>131</v>
       </c>
       <c r="I30" s="2">
         <v>255</v>
       </c>
       <c r="J30" s="2">
         <v>50</v>
       </c>
       <c r="K30" s="2">
         <v>50</v>
       </c>
       <c r="S30" s="2">
         <v>185</v>
       </c>
       <c r="T30" s="2">
         <v>0</v>
       </c>
@@ -16110,53 +16163,53 @@
       <c r="AJ30" s="2">
         <v>255</v>
       </c>
       <c r="AK30" s="2">
         <v>153</v>
       </c>
       <c r="AQ30" s="2">
         <v>197</v>
       </c>
       <c r="AR30" s="2">
         <v>224</v>
       </c>
       <c r="AS30" s="2">
         <v>179</v>
       </c>
       <c r="AU30" s="2">
         <v>112</v>
       </c>
       <c r="AV30" s="2">
         <v>173</v>
       </c>
       <c r="AW30" s="2">
         <v>71</v>
       </c>
     </row>
-    <row r="31" spans="1:62" ht="12.6" hidden="1" x14ac:dyDescent="0.45">
+    <row r="31" spans="1:62" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="B31" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C31" s="2">
         <v>17</v>
       </c>
       <c r="E31" s="2">
         <v>213</v>
       </c>
       <c r="G31" s="2">
         <v>188</v>
       </c>
       <c r="I31" s="2">
         <v>0</v>
       </c>
       <c r="J31" s="2">
         <v>255</v>
       </c>
       <c r="K31" s="2">
         <v>153</v>
       </c>
       <c r="S31" s="2">
         <v>0</v>
       </c>
       <c r="T31" s="2">
         <v>255</v>
       </c>
@@ -16178,104 +16231,104 @@
       <c r="AJ31" s="2">
         <v>255</v>
       </c>
       <c r="AK31" s="2">
         <v>204</v>
       </c>
       <c r="AQ31" s="2">
         <v>68</v>
       </c>
       <c r="AR31" s="2">
         <v>107</v>
       </c>
       <c r="AS31" s="2">
         <v>202</v>
       </c>
       <c r="AU31" s="2">
         <v>68</v>
       </c>
       <c r="AV31" s="2">
         <v>107</v>
       </c>
       <c r="AW31" s="2">
         <v>122</v>
       </c>
     </row>
-    <row r="32" spans="1:62" ht="12.6" hidden="1" x14ac:dyDescent="0.45">
+    <row r="32" spans="1:62" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="B32" s="45"/>
       <c r="C32" s="25"/>
       <c r="D32" s="25"/>
       <c r="E32" s="25"/>
       <c r="F32" s="25"/>
       <c r="G32" s="25"/>
       <c r="H32" s="52"/>
       <c r="I32" s="25"/>
       <c r="J32" s="25"/>
       <c r="K32" s="25"/>
       <c r="L32" s="25"/>
       <c r="M32" s="25"/>
       <c r="N32" s="25"/>
       <c r="O32" s="25"/>
       <c r="P32" s="25"/>
       <c r="Q32" s="25"/>
       <c r="R32" s="53"/>
       <c r="S32" s="25"/>
       <c r="T32" s="25"/>
       <c r="U32" s="25"/>
       <c r="V32" s="25"/>
       <c r="W32" s="25"/>
       <c r="X32" s="54"/>
       <c r="Y32" s="25"/>
       <c r="Z32" s="25"/>
       <c r="AA32" s="25"/>
       <c r="AB32" s="25"/>
       <c r="AC32" s="25"/>
       <c r="AD32" s="25"/>
       <c r="AE32" s="25"/>
       <c r="AF32" s="25"/>
       <c r="AG32" s="25"/>
       <c r="AH32" s="55"/>
       <c r="AI32" s="25"/>
       <c r="AJ32" s="25"/>
       <c r="AK32" s="25"/>
       <c r="AP32" s="56"/>
       <c r="AQ32" s="25"/>
       <c r="AR32" s="25"/>
       <c r="AS32" s="25"/>
       <c r="AT32" s="57"/>
       <c r="AU32" s="25"/>
       <c r="AV32" s="25"/>
       <c r="AW32" s="25"/>
       <c r="AX32" s="25"/>
       <c r="AY32" s="25"/>
     </row>
-    <row r="33" spans="1:49" ht="12.6" hidden="1" x14ac:dyDescent="0.45">
+    <row r="33" spans="1:49" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C33" s="2">
         <v>250</v>
       </c>
       <c r="E33" s="2">
         <v>223</v>
       </c>
       <c r="G33" s="2">
         <v>204</v>
       </c>
       <c r="I33" s="2">
         <v>255</v>
       </c>
       <c r="J33" s="2">
         <v>155</v>
       </c>
       <c r="K33" s="2">
         <v>155</v>
       </c>
       <c r="S33" s="2">
         <v>255</v>
       </c>
       <c r="T33" s="2">
         <v>87</v>
       </c>
@@ -16297,53 +16350,53 @@
       <c r="AJ33" s="2">
         <v>255</v>
       </c>
       <c r="AK33" s="2">
         <v>203</v>
       </c>
       <c r="AQ33" s="2">
         <v>226</v>
       </c>
       <c r="AR33" s="2">
         <v>239</v>
       </c>
       <c r="AS33" s="2">
         <v>217</v>
       </c>
       <c r="AU33" s="2">
         <v>183</v>
       </c>
       <c r="AV33" s="2">
         <v>216</v>
       </c>
       <c r="AW33" s="2">
         <v>160</v>
       </c>
     </row>
-    <row r="34" spans="1:49" ht="12.6" hidden="1" x14ac:dyDescent="0.45">
+    <row r="34" spans="1:49" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="B34" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C34" s="2">
         <v>17</v>
       </c>
       <c r="E34" s="2">
         <v>209</v>
       </c>
       <c r="G34" s="2">
         <v>227</v>
       </c>
       <c r="I34" s="2">
         <v>0</v>
       </c>
       <c r="J34" s="2">
         <v>255</v>
       </c>
       <c r="K34" s="2">
         <v>205</v>
       </c>
       <c r="S34" s="2">
         <v>0</v>
       </c>
       <c r="T34" s="2">
         <v>255</v>
       </c>
@@ -16365,305 +16418,305 @@
       <c r="AJ34" s="2">
         <v>255</v>
       </c>
       <c r="AK34" s="2">
         <v>229</v>
       </c>
       <c r="AQ34" s="2">
         <v>68</v>
       </c>
       <c r="AR34" s="2">
         <v>107</v>
       </c>
       <c r="AS34" s="2">
         <v>228</v>
       </c>
       <c r="AU34" s="2">
         <v>68</v>
       </c>
       <c r="AV34" s="2">
         <v>107</v>
       </c>
       <c r="AW34" s="2">
         <v>188</v>
       </c>
     </row>
-    <row r="35" spans="1:49" ht="12.6" x14ac:dyDescent="0.45"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="35" spans="1:49" ht="13.8" x14ac:dyDescent="0.3"/>
+    <row r="36" spans="1:49" ht="13.8" x14ac:dyDescent="0.3"/>
+    <row r="37" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="38" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="39" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E39" s="5"/>
       <c r="F39" s="5"/>
       <c r="AH39" s="5"/>
     </row>
-    <row r="40" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="40" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
       <c r="AH40" s="5"/>
     </row>
-    <row r="41" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="41" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E41" s="5"/>
       <c r="F41" s="5"/>
       <c r="AH41" s="5"/>
     </row>
-    <row r="42" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="42" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E42" s="5"/>
       <c r="F42" s="5"/>
       <c r="AH42" s="5"/>
     </row>
-    <row r="43" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="43" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E43" s="5"/>
       <c r="F43" s="5"/>
       <c r="AH43" s="5"/>
     </row>
-    <row r="44" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="44" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="AH44" s="5"/>
     </row>
-    <row r="45" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="45" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E45" s="5"/>
       <c r="F45" s="5"/>
       <c r="AH45" s="5"/>
     </row>
-    <row r="46" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="46" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E46" s="5"/>
       <c r="F46" s="5"/>
       <c r="AH46" s="5"/>
     </row>
-    <row r="47" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="47" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E47" s="5"/>
       <c r="F47" s="5"/>
       <c r="AH47" s="5"/>
     </row>
-    <row r="48" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="48" spans="1:49" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E48" s="5"/>
       <c r="F48" s="5"/>
       <c r="AH48" s="5"/>
     </row>
-    <row r="49" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="49" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="AH49" s="5"/>
     </row>
-    <row r="50" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="50" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E50" s="5"/>
       <c r="F50" s="5"/>
       <c r="AH50" s="5"/>
     </row>
-    <row r="51" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="51" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E51" s="5"/>
       <c r="F51" s="5"/>
       <c r="AH51" s="5"/>
     </row>
-    <row r="52" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="52" spans="5:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="7E8dMmahrjErCagJ7pmFazFdv6g1YLiJCZoesSYeS8mSYbQhaA4b2dAiam2P/5M8Dk9I4rvqiH1KgIAJzwEovg==" saltValue="ZXMLl6FIFORlK9X/yy+hrA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="GZ11:JO11">
     <sortCondition ref="GZ11:JO11"/>
   </sortState>
   <mergeCells count="177">
+    <mergeCell ref="AY20:AY21"/>
+    <mergeCell ref="AR24:AS25"/>
+    <mergeCell ref="AR26:AS27"/>
+    <mergeCell ref="AQ24:AQ25"/>
+    <mergeCell ref="AP24:AP25"/>
+    <mergeCell ref="AP26:AQ27"/>
+    <mergeCell ref="AV24:AW24"/>
+    <mergeCell ref="AV25:AW25"/>
+    <mergeCell ref="AV26:AW26"/>
+    <mergeCell ref="AV27:AW27"/>
+    <mergeCell ref="AT24:AT25"/>
+    <mergeCell ref="AV20:AW21"/>
+    <mergeCell ref="AV22:AW22"/>
+    <mergeCell ref="AV23:AW23"/>
+    <mergeCell ref="AT20:AT21"/>
+    <mergeCell ref="AT22:AT23"/>
+    <mergeCell ref="AR20:AS21"/>
+    <mergeCell ref="AR22:AS23"/>
+    <mergeCell ref="AQ22:AQ23"/>
+    <mergeCell ref="AP22:AP23"/>
+    <mergeCell ref="AP20:AP21"/>
+    <mergeCell ref="AQ20:AQ21"/>
+    <mergeCell ref="AN23:AO23"/>
+    <mergeCell ref="AH23:AI23"/>
+    <mergeCell ref="AJ23:AK23"/>
+    <mergeCell ref="AL22:AM23"/>
+    <mergeCell ref="AL26:AM27"/>
+    <mergeCell ref="AN26:AO27"/>
+    <mergeCell ref="AN25:AO25"/>
+    <mergeCell ref="AN24:AO24"/>
+    <mergeCell ref="AL24:AM24"/>
+    <mergeCell ref="AL25:AM25"/>
+    <mergeCell ref="AJ24:AK24"/>
+    <mergeCell ref="AJ25:AK25"/>
+    <mergeCell ref="AJ26:AK26"/>
+    <mergeCell ref="AJ27:AK27"/>
+    <mergeCell ref="AH24:AI24"/>
+    <mergeCell ref="AH25:AI25"/>
+    <mergeCell ref="AL20:AM21"/>
+    <mergeCell ref="AH26:AI26"/>
+    <mergeCell ref="AH27:AI27"/>
+    <mergeCell ref="AF24:AG25"/>
+    <mergeCell ref="AF26:AG27"/>
+    <mergeCell ref="AD20:AE23"/>
+    <mergeCell ref="AD24:AE25"/>
+    <mergeCell ref="AB24:AC25"/>
+    <mergeCell ref="AB26:AC27"/>
+    <mergeCell ref="AD26:AE27"/>
+    <mergeCell ref="R24:S25"/>
+    <mergeCell ref="T24:U25"/>
+    <mergeCell ref="V24:W25"/>
+    <mergeCell ref="V26:W27"/>
+    <mergeCell ref="T26:U27"/>
+    <mergeCell ref="R26:S27"/>
+    <mergeCell ref="R20:S21"/>
+    <mergeCell ref="T20:U21"/>
+    <mergeCell ref="V20:W21"/>
+    <mergeCell ref="R22:S23"/>
+    <mergeCell ref="T22:U23"/>
+    <mergeCell ref="V22:W23"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N26:O27"/>
+    <mergeCell ref="Q20:Q21"/>
+    <mergeCell ref="Q22:Q23"/>
+    <mergeCell ref="P24:P25"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="N20:O21"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="P20:P23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="AP29:AS29"/>
+    <mergeCell ref="AP28:AQ28"/>
+    <mergeCell ref="AX28:AY28"/>
+    <mergeCell ref="AT29:AY29"/>
+    <mergeCell ref="AA16:AB16"/>
+    <mergeCell ref="AV28:AW28"/>
+    <mergeCell ref="AA17:AB17"/>
+    <mergeCell ref="X29:AG29"/>
+    <mergeCell ref="AH29:AO29"/>
+    <mergeCell ref="Y20:Y21"/>
+    <mergeCell ref="Z20:Z21"/>
+    <mergeCell ref="AA20:AA21"/>
+    <mergeCell ref="AB20:AC20"/>
+    <mergeCell ref="AB21:AC21"/>
+    <mergeCell ref="AB22:AC22"/>
+    <mergeCell ref="AB23:AC23"/>
+    <mergeCell ref="AN20:AO21"/>
+    <mergeCell ref="AH22:AI22"/>
+    <mergeCell ref="AJ22:AK22"/>
+    <mergeCell ref="AN22:AO22"/>
+    <mergeCell ref="Y26:Y27"/>
+    <mergeCell ref="AF20:AG23"/>
+    <mergeCell ref="AH20:AI21"/>
+    <mergeCell ref="AJ20:AK21"/>
+    <mergeCell ref="R16:W16"/>
+    <mergeCell ref="J16:O16"/>
+    <mergeCell ref="R17:W17"/>
+    <mergeCell ref="AT28:AU28"/>
+    <mergeCell ref="AD28:AE28"/>
+    <mergeCell ref="AF28:AG28"/>
+    <mergeCell ref="AH28:AI28"/>
+    <mergeCell ref="AJ28:AK28"/>
+    <mergeCell ref="AL28:AM28"/>
+    <mergeCell ref="AN28:AO28"/>
+    <mergeCell ref="AB28:AC28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="Z28:AA28"/>
+    <mergeCell ref="AR28:AS28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="J26:K26"/>
     <mergeCell ref="J27:K27"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="Q26:Q27"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="F28:G28"/>
     <mergeCell ref="R29:W29"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="H29:I29"/>
     <mergeCell ref="J29:K29"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="E29:G29"/>
     <mergeCell ref="H28:I28"/>
     <mergeCell ref="J28:K28"/>
     <mergeCell ref="L28:M28"/>
     <mergeCell ref="N28:O28"/>
     <mergeCell ref="P28:Q28"/>
     <mergeCell ref="L29:M29"/>
     <mergeCell ref="N29:O29"/>
     <mergeCell ref="P29:Q29"/>
     <mergeCell ref="V28:W28"/>
     <mergeCell ref="H24:I24"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H22:I22"/>
-    <mergeCell ref="R16:W16"/>
-[...151 lines deleted...]
-    <mergeCell ref="AQ20:AQ21"/>
   </mergeCells>
-  <phoneticPr fontId="27" type="noConversion"/>
+  <phoneticPr fontId="31" type="noConversion"/>
   <conditionalFormatting sqref="B20:G27">
     <cfRule type="expression" dxfId="7" priority="3">
       <formula>IF(B2=1,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B20:AY27">
     <cfRule type="expression" dxfId="6" priority="2">
       <formula>IF(B2=3,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H20:Q27">
     <cfRule type="expression" dxfId="5" priority="4">
       <formula>IF(H2=1,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R20:W27">
     <cfRule type="expression" dxfId="4" priority="5">
       <formula>IF(R2=1,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="X20:AG27">
     <cfRule type="expression" dxfId="3" priority="6">
       <formula>IF(X2=1,TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>